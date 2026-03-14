--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,68 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\Fsagri\ocm_ritiri\MISURE PREV.GEST.CRISI\Annualita 2024\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\fsagri\OCM_RITIRI\ENTI DESTINATARI\ENTI BENEFICI\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D92F5EF1-0DFB-4FD9-BDE9-D415C16C96B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F43E7918-02F0-4629-AD53-B60064AC9181}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3855" yWindow="3855" windowWidth="21600" windowHeight="11385" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{E687E17A-DA81-4022-8A86-C0D7C8914326}"/>
   </bookViews>
   <sheets>
-    <sheet name="Elenco enti accreditati (8)" sheetId="2" r:id="rId1"/>
+    <sheet name="Elenco enti accreditati (2)" sheetId="2" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Elenco enti accreditati (2)'!$A$4:$BB$89</definedName>
+  </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3278" uniqueCount="1381">
-[...1 lines deleted...]
-    <t>Data elaborazione    18/03/2024</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3363" uniqueCount="1432">
+  <si>
+    <t>Data elaborazione    02/03/2026</t>
   </si>
   <si>
     <t>ENTI</t>
   </si>
   <si>
     <t>REFERENTI PRODOTTO</t>
   </si>
   <si>
     <t>SOSTITUTI REFERENTI PRODOTTO</t>
   </si>
   <si>
     <t>REFERENTI PORTALE</t>
   </si>
   <si>
     <t>SOSTITUTI REFERENTI PORTALE</t>
   </si>
   <si>
     <t>MAGAZZINI</t>
   </si>
   <si>
     <t>Numero</t>
   </si>
   <si>
     <t>Progressivo Ente</t>
   </si>
@@ -381,246 +384,249 @@
   <si>
     <t>‭MNTMSM76E23B563T‬</t>
   </si>
   <si>
     <t>MASSIMILIANO MONTEROSSO</t>
   </si>
   <si>
     <t>‭3455130452‬</t>
   </si>
   <si>
     <t>massimiliano.monterosso@acli.it</t>
   </si>
   <si>
     <t>‭RSSDVD53D04D161R‬</t>
   </si>
   <si>
     <t>DAVIDE ROSSI</t>
   </si>
   <si>
     <t>‭3471183904‬</t>
   </si>
   <si>
     <t>daviderossi53@libero.it</t>
   </si>
   <si>
+    <t>PIAZZALE OPSA VIA MAZZINI</t>
+  </si>
+  <si>
+    <t>VIA MAZZINI, 89</t>
+  </si>
+  <si>
+    <t>‭35030‬</t>
+  </si>
+  <si>
+    <t>RUBANO</t>
+  </si>
+  <si>
     <t>VIALE DELLE INDUSTRIE 41/D</t>
   </si>
   <si>
     <t>‭45100‬</t>
   </si>
   <si>
     <t>ROVIGO</t>
   </si>
   <si>
     <t>ASSOCIAZIONE ACLI PROVINCIALI PADOVA APS</t>
   </si>
   <si>
+    <t>VIA DELLA PROVVIDENZA, 68</t>
+  </si>
+  <si>
     <t>VIA PO, 64</t>
   </si>
   <si>
     <t>‭35100‬</t>
   </si>
   <si>
     <t>PIAZZALE G. DI VITTORIO, 1</t>
   </si>
   <si>
-    <t>VIA DELLA PROVVIDENZA, 68</t>
-[...13 lines deleted...]
-  <si>
     <t>‭ 94052810655‬</t>
   </si>
   <si>
-    <t>ASSOCIAZIONE BANCO ALIMENTARE CAMPANIA ONLUS</t>
-[...5 lines deleted...]
-    <t>FISCIANO</t>
+    <t>ASSOCIAZIONE BANCO ALIMENTARE CAMPANIA ODV ETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PIAZZA DON LUIGI GIUSSANI 1  </t>
+  </si>
+  <si>
+    <t>MERCATO SAN SEVERINO</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
-    <t>‭84084‬</t>
+    <t>‭84085‬</t>
   </si>
   <si>
     <t>‭2012.0093690‬</t>
   </si>
   <si>
     <t>‭3665384198‬</t>
   </si>
   <si>
     <t>segreteria@campania.bancoalimentare.it</t>
   </si>
   <si>
     <t>bancoalimentarecampania@pec.it</t>
   </si>
   <si>
     <t>‭MZZNTN83M18H703P‬</t>
   </si>
   <si>
     <t>MAZZOCCA ANTONIO</t>
   </si>
   <si>
     <t>‭089/8426464‬</t>
   </si>
   <si>
     <t>‭GSPFBA74B09L628A‬</t>
   </si>
   <si>
     <t>GASPARINI FABIO</t>
   </si>
   <si>
     <t>fabiogasparini74@gmail.com</t>
   </si>
   <si>
     <t>‭3665364198‬</t>
   </si>
   <si>
     <t>BANCO ALIMENTARE CAMPANIA</t>
   </si>
   <si>
-    <t>VIA GIOVANNI PAOLO,II</t>
+    <t>PIAZZA DON GIUSSANI, 1 - LOCALITA' SIBELLUCCIA</t>
   </si>
   <si>
     <t>SALERNO</t>
   </si>
   <si>
     <t>‭ 98030500783‬</t>
   </si>
   <si>
-    <t>ASSOCIAZIONE BANCO ALIMENTARE DELLA CALABRIA ONLUS</t>
-[...2 lines deleted...]
-    <t>LO/C PIANETTE VIA A DE NAPOLI</t>
+    <t>ASSOCIAZIONE BANCO ALIMENTARE DELLA CALABRIA - ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA ARISTIDE DE NAPOLI N 3  </t>
   </si>
   <si>
     <t>MONTALTO UFFUGO</t>
   </si>
   <si>
     <t>CS</t>
   </si>
   <si>
     <t>‭87046‬</t>
   </si>
   <si>
     <t>‭ARCEA.CAA1529.2018.0000451‬</t>
   </si>
   <si>
     <t>‭0984404077‬</t>
   </si>
   <si>
     <t>info@calabria.bancoalimentare.it</t>
   </si>
   <si>
     <t>Calabria.bancoalimentare@pec.it</t>
   </si>
   <si>
     <t>‭PTRMHL68E09D086U‬</t>
   </si>
   <si>
     <t>PETRONE MICHELE</t>
   </si>
   <si>
     <t>‭3468894899‬</t>
   </si>
   <si>
     <t>michelepetrone2010@libero.it</t>
   </si>
   <si>
     <t>‭FLCNLS83H47D086V‬</t>
   </si>
   <si>
     <t>FILICE ANNALISA</t>
   </si>
   <si>
     <t>‭3714380769‬</t>
   </si>
   <si>
     <t>logistica@calabria.bancoalimentare.it</t>
   </si>
   <si>
+    <t>BANCO ALIMENTARE CALABRIA C/O COMAC</t>
+  </si>
+  <si>
+    <t>VIA A. DE NAPOLI</t>
+  </si>
+  <si>
+    <t>COSENZA</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE CALABRIA - KR</t>
+  </si>
+  <si>
+    <t>LOC. CORAZZO DI SCANDALE</t>
+  </si>
+  <si>
+    <t>‭88831‬</t>
+  </si>
+  <si>
+    <t>SCANDALE</t>
+  </si>
+  <si>
+    <t>CROTONE</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE CALABRIA - CZ</t>
+  </si>
+  <si>
+    <t>VIALE DEGLI ANGIOINI, 149/B</t>
+  </si>
+  <si>
+    <t>‭88100‬</t>
+  </si>
+  <si>
+    <t>CATANZARO</t>
+  </si>
+  <si>
     <t>BANCO ALIMENTARE CALABRIA-RC</t>
   </si>
   <si>
     <t>VIA PATERA, ZONA INDUSTRIALE DI CAMPO CALABRO</t>
   </si>
   <si>
     <t>‭89052‬</t>
   </si>
   <si>
     <t>REGGIO DI CALABRIA</t>
   </si>
   <si>
-    <t>BANCO ALIMENTARE CALABRIA - CZ</t>
-[...32 lines deleted...]
-    <t>COSENZA</t>
+    <t>REGGIO CALABRIA</t>
   </si>
   <si>
     <t>‭ 97190140158‬</t>
   </si>
   <si>
     <t>ASSOCIAZIONE BANCO ALIMENTARE DELLA LOMBARDIA DANILO FOSSATI</t>
   </si>
   <si>
     <t>OPR LOMBARDIA</t>
   </si>
   <si>
     <t xml:space="preserve">VIA PAPA GIOVANNI XXIII 17/19  </t>
   </si>
   <si>
     <t>MUGGIO'</t>
   </si>
   <si>
     <t>MB</t>
   </si>
   <si>
     <t>‭20835‬</t>
   </si>
   <si>
     <t>‭210‬</t>
   </si>
@@ -648,1553 +654,1661 @@
   <si>
     <t>‭GLVPTM63S20F205D‬</t>
   </si>
   <si>
     <t>GALVANI PAOLO</t>
   </si>
   <si>
     <t>‭0395972964‬</t>
   </si>
   <si>
     <t>paologalvani@lombardia.bancoalimentare.it</t>
   </si>
   <si>
     <t>BANCO ALIMENTARE LOMBARDIA</t>
   </si>
   <si>
     <t>VIA PAPA GIOVANNI XXIII, 17/19</t>
   </si>
   <si>
     <t>‭20053‬</t>
   </si>
   <si>
     <t>MONZA E DELLA BRIANZA</t>
   </si>
   <si>
+    <t>‭ 92068380929‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE BANCO ALIMENTARE DELLA SARDEGNA ODV</t>
+  </si>
+  <si>
+    <t>VIA EDISON 9</t>
+  </si>
+  <si>
+    <t>SELARGIUS</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>‭09047‬</t>
+  </si>
+  <si>
+    <t>‭0708474027‬</t>
+  </si>
+  <si>
+    <t>presidente@sardegna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentaresardegna@pec.it</t>
+  </si>
+  <si>
+    <t>‭TZRFNC62A12B354Q‬</t>
+  </si>
+  <si>
+    <t>ATZORI FRANCO</t>
+  </si>
+  <si>
+    <t>‭3485251168‬</t>
+  </si>
+  <si>
+    <t>direttore@sardegna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>SICCARDO MAURO</t>
+  </si>
+  <si>
+    <t>‭3713638579‬</t>
+  </si>
+  <si>
+    <t>magazzino@sardegna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭FRSGRG57P20B354G‬</t>
+  </si>
+  <si>
+    <t>FRASCONI GIORGIO</t>
+  </si>
+  <si>
+    <t>‭3356629307‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE SARDEGNA SASSARI</t>
+  </si>
+  <si>
+    <t>ZONA INDUSTRIALE MUROS BOX 230</t>
+  </si>
+  <si>
+    <t>‭07100‬</t>
+  </si>
+  <si>
+    <t>MUROS</t>
+  </si>
+  <si>
+    <t>SASSARI</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE SARDEGNA</t>
+  </si>
+  <si>
+    <t>VIA EDISON, 9</t>
+  </si>
+  <si>
+    <t>CAGLIARI</t>
+  </si>
+  <si>
+    <t>‭ 96162370587‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE BANCO ALIMENTARE ROMA ODV</t>
+  </si>
+  <si>
+    <t>VIA FRANCO SACCHETTI          14</t>
+  </si>
+  <si>
+    <t>ROMA</t>
+  </si>
+  <si>
+    <t>RM</t>
+  </si>
+  <si>
+    <t>‭00137‬</t>
+  </si>
+  <si>
+    <t>‭8792‬</t>
+  </si>
+  <si>
+    <t>‭0687136065‬</t>
+  </si>
+  <si>
+    <t>‭0696045048‬</t>
+  </si>
+  <si>
+    <t>ufficio@bancoalimentareroma.it</t>
+  </si>
+  <si>
+    <t>ufficio@pec.bancoalimentareroma.it</t>
+  </si>
+  <si>
+    <t>‭PCFSFN90T27L182K‬</t>
+  </si>
+  <si>
+    <t>PACIFICI STEFANO</t>
+  </si>
+  <si>
+    <t>‭3487216347‬</t>
+  </si>
+  <si>
+    <t>stefano.pacifici1990@libero.it</t>
+  </si>
+  <si>
+    <t>‭DDANTN92E19F979D‬</t>
+  </si>
+  <si>
+    <t>ANTONIO DAOOD</t>
+  </si>
+  <si>
+    <t>‭3465177871‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE BANCO ALIMENTARE ROMA ONLUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Località San Sebastiano-Fiano Romano c/o Autofrigo Rieti </t>
+  </si>
+  <si>
+    <t>‭00065‬</t>
+  </si>
+  <si>
+    <t>FIANO ROMANO</t>
+  </si>
+  <si>
+    <t>‭ 93428930726‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE BANCO DELLE OPERE DI CARITA' BARI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA SPADONE N 4 - 6  </t>
+  </si>
+  <si>
+    <t>BITONTO</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>‭70032‬</t>
+  </si>
+  <si>
+    <t>‭242‬</t>
+  </si>
+  <si>
+    <t>‭3346330506‬</t>
+  </si>
+  <si>
+    <t>bari@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>bari@pec.bancodelleoperedicarita.org</t>
+  </si>
+  <si>
+    <t>‭TRBMCG78M06A893R‬</t>
+  </si>
+  <si>
+    <t>TRIBUZIO MARCO GERARDO</t>
+  </si>
+  <si>
+    <t>marcogerardo2010@gmail.com</t>
+  </si>
+  <si>
+    <t>‭TSCGNN89P04L109S‬</t>
+  </si>
+  <si>
+    <t>TOSCANO GIOVANNI</t>
+  </si>
+  <si>
+    <t>‭3927333079‬</t>
+  </si>
+  <si>
+    <t>giovannitoscano@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA' - BARI</t>
+  </si>
+  <si>
+    <t>Via Sarago</t>
+  </si>
+  <si>
+    <t>BARI</t>
+  </si>
+  <si>
+    <t>‭ 91028420601‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE BANCO DELLE OPERE DI CARITA' LAZIO ONLUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIALE CONTE CANOFARI 10  </t>
+  </si>
+  <si>
+    <t>SORA</t>
+  </si>
+  <si>
+    <t>FR</t>
+  </si>
+  <si>
+    <t>‭03039‬</t>
+  </si>
+  <si>
+    <t>‭302‬</t>
+  </si>
+  <si>
+    <t>‭3922978924‬</t>
+  </si>
+  <si>
+    <t>lazio@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>lazio@pec.bancodelleoperedicarita.org</t>
+  </si>
+  <si>
+    <t>GAMBARO DANILO</t>
+  </si>
+  <si>
+    <t>‭3493963805‬</t>
+  </si>
+  <si>
+    <t>danilo.gambaro1@gmail.com</t>
+  </si>
+  <si>
+    <t>PERSICHETTI FRANCO</t>
+  </si>
+  <si>
+    <t>‭3287639985‬</t>
+  </si>
+  <si>
+    <t>fffrra55@gmail.com</t>
+  </si>
+  <si>
+    <t>‭TFLTKN61T07Z726H‬</t>
+  </si>
+  <si>
+    <t>TEOFILO TOMA AKUINO</t>
+  </si>
+  <si>
+    <t>‭3281353493‬</t>
+  </si>
+  <si>
+    <t>‭DVNRCC83T58Z103I‬</t>
+  </si>
+  <si>
+    <t>REBECCA DIVONA</t>
+  </si>
+  <si>
+    <t>‭3920978924‬</t>
+  </si>
+  <si>
+    <t>rebecca@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>MAGAZZINO SETTIGNANO</t>
+  </si>
+  <si>
+    <t>Via Settignano</t>
+  </si>
+  <si>
+    <t>‭03042‬</t>
+  </si>
+  <si>
+    <t>ATINA</t>
+  </si>
+  <si>
+    <t>FROSINONE</t>
+  </si>
+  <si>
+    <t>‭ 92159770343‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE "CENTO PER UNO ODV"</t>
+  </si>
+  <si>
+    <t>AGREA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA VETERANI DELLO SPORT 3  </t>
+  </si>
+  <si>
+    <t>PARMA</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>‭43124‬</t>
+  </si>
+  <si>
+    <t>‭3192‬</t>
+  </si>
+  <si>
+    <t>‭3493545976‬</t>
+  </si>
+  <si>
+    <t>‭05211992673‬</t>
+  </si>
+  <si>
+    <t>emporioparma@gmail.com</t>
+  </si>
+  <si>
+    <t>emporioparma@pec.it</t>
+  </si>
+  <si>
+    <t>‭LBRPLG60R11D138O‬</t>
+  </si>
+  <si>
+    <t>ALBERTO PIERLUIGI</t>
+  </si>
+  <si>
+    <t>‭3292176978‬</t>
+  </si>
+  <si>
+    <t>isabirta@tiscali.it</t>
+  </si>
+  <si>
+    <t>‭ZPPGZN60E08D026R‬</t>
+  </si>
+  <si>
+    <t>ZEPPELLINI GRAZIANO</t>
+  </si>
+  <si>
+    <t>‭3663760955‬</t>
+  </si>
+  <si>
+    <t>gzeppel@alice.it</t>
+  </si>
+  <si>
+    <t>Centro Agro Alimentare</t>
+  </si>
+  <si>
+    <t>Via dei Mercati, 9/B</t>
+  </si>
+  <si>
+    <t>‭43126‬</t>
+  </si>
+  <si>
+    <t>‭ 94084230716‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE DI PROMOZIONE SOCIALE BETHEL ITALIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA VIRGILIO 2/7  </t>
+  </si>
+  <si>
+    <t>FOGGIA</t>
+  </si>
+  <si>
+    <t>FG</t>
+  </si>
+  <si>
+    <t>‭71122‬</t>
+  </si>
+  <si>
+    <t>‭34918/2016‬</t>
+  </si>
+  <si>
+    <t>‭3292196653‬</t>
+  </si>
+  <si>
+    <t>info@associazionebethelitalia.org</t>
+  </si>
+  <si>
+    <t>presidenza@pec.associazione-bethel.org</t>
+  </si>
+  <si>
+    <t>‭BNDGNB65R15A662L‬</t>
+  </si>
+  <si>
+    <t>GIOVANBATTISTA BONDESAN</t>
+  </si>
+  <si>
+    <t>vanni.bondesan@gmail.com</t>
+  </si>
+  <si>
+    <t>‭DGIMSM59B23D643Y‬</t>
+  </si>
+  <si>
+    <t>MASSIMO DI GIOIA</t>
+  </si>
+  <si>
+    <t>‭3208560740‬</t>
+  </si>
+  <si>
+    <t>massimodigioia59@gmail.com</t>
+  </si>
+  <si>
+    <t>A.P.S. BETHEL ITALIA</t>
+  </si>
+  <si>
+    <t>VIA VIRGILIO 2/9</t>
+  </si>
+  <si>
+    <t>‭71121‬</t>
+  </si>
+  <si>
+    <t>‭ 92538170157‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE EMMAUS ONLUS</t>
+  </si>
+  <si>
+    <t>VIA CAVOUR N 31</t>
+  </si>
+  <si>
+    <t>LODI</t>
+  </si>
+  <si>
+    <t>LO</t>
+  </si>
+  <si>
+    <t>‭26900‬</t>
+  </si>
+  <si>
+    <t>‭lo-64‬</t>
+  </si>
+  <si>
+    <t>‭3402948391‬</t>
+  </si>
+  <si>
+    <t>alimentare@caritaslodi.it</t>
+  </si>
+  <si>
+    <t>associazione.emmaus@legalmail.it</t>
+  </si>
+  <si>
+    <t>‭MSTLNZ50R25F205J‬</t>
+  </si>
+  <si>
+    <t>MUSITELLI LORENZO</t>
+  </si>
+  <si>
+    <t>‭3351052673‬</t>
+  </si>
+  <si>
+    <t>lorenzo.musitelli@casadellacomunita.org</t>
+  </si>
+  <si>
+    <t>‭GNTMNL82L29C342V‬</t>
+  </si>
+  <si>
+    <t>GIUNTA EMANUELE</t>
+  </si>
+  <si>
+    <t>‭3386196943‬</t>
+  </si>
+  <si>
+    <t>magazzino@casadellacomunita.org</t>
+  </si>
+  <si>
+    <t>‭GLLRCE89R67E648B‬</t>
+  </si>
+  <si>
+    <t>GALLETTA ERICA</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE EMMAUS ONLUS - MAGAZZINO DI CODOGNO</t>
+  </si>
+  <si>
+    <t>Via Molinari 3/a</t>
+  </si>
+  <si>
+    <t>‭26845‬</t>
+  </si>
+  <si>
+    <t>CODOGNO</t>
+  </si>
+  <si>
+    <t>‭ 90084520403‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE EMPORIO SOLIDALE IL BARCO ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA GUIDO ROSSA 140  </t>
+  </si>
+  <si>
+    <t>CESENA</t>
+  </si>
+  <si>
+    <t>FC</t>
+  </si>
+  <si>
+    <t>‭47522‬</t>
+  </si>
+  <si>
+    <t>‭16974‬</t>
+  </si>
+  <si>
+    <t>‭3293973233‬</t>
+  </si>
+  <si>
+    <t>‭3398283704‬</t>
+  </si>
+  <si>
+    <t>emporiosolidalecesena@gmail.com</t>
+  </si>
+  <si>
+    <t>emporioilbarco@pec.it</t>
+  </si>
+  <si>
+    <t>‭FDAWTR61B14F206R‬</t>
+  </si>
+  <si>
+    <t>FAEDI WERTER</t>
+  </si>
+  <si>
+    <t>‭3473203937‬</t>
+  </si>
+  <si>
+    <t>werterfaedi@gmail.com</t>
+  </si>
+  <si>
+    <t>‭RCCSNN86E51H294F‬</t>
+  </si>
+  <si>
+    <t>RICCI SUSANNA</t>
+  </si>
+  <si>
+    <t>MERCATO ORTOFRUTTICOLO ALL'INGROSSO DI CESENA</t>
+  </si>
+  <si>
+    <t>VIA DISMANO 4001</t>
+  </si>
+  <si>
+    <t>FORLI'-CESENA</t>
+  </si>
+  <si>
+    <t>‭ 92063500349‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE SOLIDARIETA' O.D.V.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA FRATELLI ZACCARINI 1  </t>
+  </si>
+  <si>
+    <t>‭1090‬</t>
+  </si>
+  <si>
+    <t>‭0522679926‬</t>
+  </si>
+  <si>
+    <t>azionesolidale@solidarietaonlus.org</t>
+  </si>
+  <si>
+    <t>azionesolidaleonlus@pec.it</t>
+  </si>
+  <si>
+    <t>‭MGGGNN50A21D843X‬</t>
+  </si>
+  <si>
+    <t>MAGGESE GIOVANNI</t>
+  </si>
+  <si>
+    <t>‭SCRPLA61C51E585B‬</t>
+  </si>
+  <si>
+    <t>SCARUFFI PAOLA</t>
+  </si>
+  <si>
+    <t>‭3777801002‬</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE SOLIDARIETA' ONLUS</t>
+  </si>
+  <si>
+    <t>Via Edison, 10</t>
+  </si>
+  <si>
+    <t>‭42049‬</t>
+  </si>
+  <si>
+    <t>SANT'ILARIO D'ENZA</t>
+  </si>
+  <si>
+    <t>REGGIO NELL'EMILIA</t>
+  </si>
+  <si>
+    <t>‭ 94056620308‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL FRIULI VENEZIA GIULIA ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">V VENCESLAO MENAZZI MORETTI 16  </t>
+  </si>
+  <si>
+    <t>PASIAN DI PRATO</t>
+  </si>
+  <si>
+    <t>UD</t>
+  </si>
+  <si>
+    <t>‭33037‬</t>
+  </si>
+  <si>
+    <t>‭770‬</t>
+  </si>
+  <si>
+    <t>‭3939044579‬</t>
+  </si>
+  <si>
+    <t>‭0432691016‬</t>
+  </si>
+  <si>
+    <t>‭0432645164‬</t>
+  </si>
+  <si>
+    <t>logistica@friuliveneziagiulia.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentarefvg@pec.maillegale.it</t>
+  </si>
+  <si>
+    <t>‭GHRSFN82S30L483Q‬</t>
+  </si>
+  <si>
+    <t>GHERBEZZA STEFANO</t>
+  </si>
+  <si>
+    <t>‭BSNDNS77D25L483E‬</t>
+  </si>
+  <si>
+    <t>BIASINUTTO DENIS</t>
+  </si>
+  <si>
+    <t>‭3479790619‬</t>
+  </si>
+  <si>
+    <t>direttore@friuliveneziagiulia.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE FRIULI VENEZIA GIULIA</t>
+  </si>
+  <si>
+    <t>Via Venceslao Menazzi Moretti,14</t>
+  </si>
+  <si>
+    <t>‭33070‬</t>
+  </si>
+  <si>
+    <t>UDINE</t>
+  </si>
+  <si>
+    <t>‭ 97206390581‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL LAZIO ORGANIZZAZIONE DI VOLONTARIATO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIALE GIUSEPPE STEFANINI 35  </t>
+  </si>
+  <si>
+    <t>‭00158‬</t>
+  </si>
+  <si>
+    <t>‭0645753560‬</t>
+  </si>
+  <si>
+    <t>segreteria@lazio.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>ass_bancoalimentare_lazio@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭PNRSMN88A04H501A‬</t>
+  </si>
+  <si>
+    <t>SIMONE PANARINI</t>
+  </si>
+  <si>
+    <t>logistica@lazio.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL LAZIO ODV</t>
+  </si>
+  <si>
+    <t>VIA DELLA STAZIONE TUSCOLANA, 76</t>
+  </si>
+  <si>
+    <t>‭00016‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL LAZIO ONLUS</t>
+  </si>
+  <si>
+    <t>Via pontina km 46,600</t>
+  </si>
+  <si>
+    <t>‭04011‬</t>
+  </si>
+  <si>
+    <t>APRILIA</t>
+  </si>
+  <si>
+    <t>‭ 97551700012‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL PIEMONTE ODV</t>
+  </si>
+  <si>
+    <t>CORSO ROMA 24 TER</t>
+  </si>
+  <si>
+    <t>MONCALIERI</t>
+  </si>
+  <si>
+    <t>TO</t>
+  </si>
+  <si>
+    <t>‭10024‬</t>
+  </si>
+  <si>
+    <t>‭703‬</t>
+  </si>
+  <si>
+    <t>‭0116822416‬</t>
+  </si>
+  <si>
+    <t>‭0116051145‬</t>
+  </si>
+  <si>
+    <t>segreteria@piemonte.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentare_piemonte@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭LMNFLV67C01L219B‬</t>
+  </si>
+  <si>
+    <t>FULVIO  LOMONTE</t>
+  </si>
+  <si>
+    <t>‭3386949711‬</t>
+  </si>
+  <si>
+    <t>fulviolomonte@tim.it</t>
+  </si>
+  <si>
+    <t>‭LGNWLL50L12Z118F‬</t>
+  </si>
+  <si>
+    <t>LUGNANI WILLI</t>
+  </si>
+  <si>
+    <t>‭3356066648‬</t>
+  </si>
+  <si>
+    <t>w.lugnani@gmail.com</t>
+  </si>
+  <si>
+    <t>FULVIO LOMONTE</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE PIEMONTE</t>
+  </si>
+  <si>
+    <t>CORSO ROMA, 24/TER</t>
+  </si>
+  <si>
+    <t>TORINO</t>
+  </si>
+  <si>
+    <t>‭ 96068930229‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL TRENTINO ALTO ADIGE/LANDESTAFEL ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA INNSBRUCK 20  </t>
+  </si>
+  <si>
+    <t>TRENTO</t>
+  </si>
+  <si>
+    <t>TN</t>
+  </si>
+  <si>
+    <t>‭38121‬</t>
+  </si>
+  <si>
+    <t>‭140‬</t>
+  </si>
+  <si>
+    <t>‭0461994830‬</t>
+  </si>
+  <si>
+    <t>‭3427491922‬</t>
+  </si>
+  <si>
+    <t>‭04611975622‬</t>
+  </si>
+  <si>
+    <t>info@trentinoaltoadige.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentare_trentinoaltoadige@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭BRDDLU73S06L378M‬</t>
+  </si>
+  <si>
+    <t>BRIDI DUILIO</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE TRENTINO</t>
+  </si>
+  <si>
+    <t>Via Innsbruck,20</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE TRENTINO - Buozzi</t>
+  </si>
+  <si>
+    <t>Via Buozzi, 18</t>
+  </si>
+  <si>
+    <t>‭39100‬</t>
+  </si>
+  <si>
+    <t>BOLZANO</t>
+  </si>
+  <si>
+    <t>‭ 93097590231‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DEL VENETO "GUIDO BIONDANI" ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA EVANGELISTA TORRICELLI 18  </t>
+  </si>
+  <si>
+    <t>VERONA</t>
+  </si>
+  <si>
+    <t>VR</t>
+  </si>
+  <si>
+    <t>‭37135‬</t>
+  </si>
+  <si>
+    <t>‭0458347929‬</t>
+  </si>
+  <si>
+    <t>‭0458213355‬</t>
+  </si>
+  <si>
+    <t>info@veneto.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>veneto.bancoalimentare@vspec.it</t>
+  </si>
+  <si>
+    <t>‭DGDSFN61R12E349A‬</t>
+  </si>
+  <si>
+    <t>DE GUIDI STEFANO</t>
+  </si>
+  <si>
+    <t>direttore@veneto.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭CMPLSN67C69L781Q‬</t>
+  </si>
+  <si>
+    <t>CAMPEDELLI ALESSANDRA</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE VENETO</t>
+  </si>
+  <si>
+    <t>Via Evangelista Torricelli, 18</t>
+  </si>
+  <si>
+    <t>‭ 95044240109‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DELLA LIGURIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA GIUSEPPE MORASSO 12  </t>
+  </si>
+  <si>
+    <t>GENOVA</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>‭16163‬</t>
+  </si>
+  <si>
+    <t>‭0107261996‬</t>
+  </si>
+  <si>
+    <t>direttore@liguria.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>ass_bancoalimentare_liguria@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭DLCSST64R26D969L‬</t>
+  </si>
+  <si>
+    <t>DELUCCHI SEBASTIANO</t>
+  </si>
+  <si>
+    <t>‭3336112291‬</t>
+  </si>
+  <si>
+    <t>approvvigionamenti@liguria.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭DLVGPP65L22G702H‬</t>
+  </si>
+  <si>
+    <t>DEL VECCHIO GIUSEPPE</t>
+  </si>
+  <si>
+    <t>‭3921259392‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE LIGURIA - GENOVA</t>
+  </si>
+  <si>
+    <t>VIA GIUSEPPE MORASSO, 12</t>
+  </si>
+  <si>
+    <t>‭ 90075990730‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DELLA PUGLIA ETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA BLANDAMURA 56  </t>
+  </si>
+  <si>
+    <t>TARANTO</t>
+  </si>
+  <si>
+    <t>TA</t>
+  </si>
+  <si>
+    <t>‭74121‬</t>
+  </si>
+  <si>
+    <t>‭0997352275‬</t>
+  </si>
+  <si>
+    <t>‭0997308438‬</t>
+  </si>
+  <si>
+    <t>presidente@puglia.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>ass_bancoalimentare_puglia@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭VTTVCN81A49L049M‬</t>
+  </si>
+  <si>
+    <t>VITTI VINCENZO</t>
+  </si>
+  <si>
+    <t>‭3273424283‬</t>
+  </si>
+  <si>
+    <t>info@puglia.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭DSNBBR82E48L049X‬</t>
+  </si>
+  <si>
+    <t>DI SANTO BARBARA</t>
+  </si>
+  <si>
+    <t>‭3460100391‬</t>
+  </si>
+  <si>
+    <t>direttore@puglia.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭GLNVCN81A49L049M‬</t>
+  </si>
+  <si>
+    <t>GALEANDRO VINCENZA</t>
+  </si>
+  <si>
+    <t>‭3403423312‬</t>
+  </si>
+  <si>
+    <t>‭CRRPLA90M50L049B‬</t>
+  </si>
+  <si>
+    <t>CORRADO PAOLA</t>
+  </si>
+  <si>
+    <t>‭3476498033‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE PUGLIA</t>
+  </si>
+  <si>
+    <t>Via Rosa Luxemburg, 7/9</t>
+  </si>
+  <si>
+    <t>‭74027‬</t>
+  </si>
+  <si>
+    <t>SAN GIORGIO IONICO</t>
+  </si>
+  <si>
+    <t>‭ 93089030873‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DELLA SICILIA ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA PASSO DEL FICO  </t>
+  </si>
+  <si>
+    <t>CATANIA</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>‭95121‬</t>
+  </si>
+  <si>
+    <t>‭532‬</t>
+  </si>
+  <si>
+    <t>‭095-7131500‬</t>
+  </si>
+  <si>
+    <t>‭095-7132752‬</t>
+  </si>
+  <si>
+    <t>info@siciliact.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>ass_bancoalimentare_siciliact@pec.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭FVTDLU85T27I169L‬</t>
+  </si>
+  <si>
+    <t>FAVATA DUILIO</t>
+  </si>
+  <si>
+    <t>‭3922698613‬</t>
+  </si>
+  <si>
+    <t>magazzino@siciliact.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭MCCPLA63M21C351S‬</t>
+  </si>
+  <si>
+    <t>MOCCIARO PAOLO</t>
+  </si>
+  <si>
+    <t>‭3293707275‬</t>
+  </si>
+  <si>
+    <t>distribuzione@siciliact.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DELLA SICILIA ONLUS</t>
+  </si>
+  <si>
+    <t>S.P. 70/ via Passo del Fico c/o Maas</t>
+  </si>
+  <si>
     <t>‭ 91048560683‬</t>
   </si>
   <si>
-    <t>ASSOCIAZIONE BANCO ALIMENTARE DELL'ABRUZZO</t>
+    <t>BANCO ALIMENTARE DELL'ABRUZZO ODV</t>
   </si>
   <si>
     <t xml:space="preserve">VIA CELESTINO V 4  </t>
   </si>
   <si>
     <t>PESCARA</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>‭65129‬</t>
   </si>
   <si>
     <t>‭0854313975‬</t>
   </si>
   <si>
     <t>direttore@abruzzo.bancoalimentare.it</t>
   </si>
   <si>
     <t>bancoalimentareabruzzo@pec.it</t>
   </si>
   <si>
     <t>‭TRVCSM65D10E205O‬</t>
   </si>
   <si>
+    <t>COSIMO TRIVISANI</t>
+  </si>
+  <si>
+    <t>‭3357750780‬</t>
+  </si>
+  <si>
+    <t>‭MDDVLR85R58G482Y‬</t>
+  </si>
+  <si>
+    <t>MADDALENA VALERIA</t>
+  </si>
+  <si>
+    <t>‭3897624120‬</t>
+  </si>
+  <si>
+    <t>magazzino@abruzzo.bancoalimentare.it</t>
+  </si>
+  <si>
     <t>COSIMO TRAVISANI</t>
   </si>
   <si>
-    <t>‭3357750780‬</t>
-[...13 lines deleted...]
-  <si>
     <t>BANCO ALIMENTARE ABRUZZO - PESCARA</t>
   </si>
   <si>
     <t>Via Celestino V,4</t>
   </si>
   <si>
-    <t>‭ 96162370587‬</t>
-[...206 lines deleted...]
-    <t>FROSINONE</t>
+    <t>‭ 94069520545‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE DELL'UMBRIA</t>
+  </si>
+  <si>
+    <t>STR P VALLECEPPI-S EGIDIO LIDARNO 3</t>
+  </si>
+  <si>
+    <t>PERUGIA</t>
+  </si>
+  <si>
+    <t>PG</t>
+  </si>
+  <si>
+    <t>‭06080‬</t>
+  </si>
+  <si>
+    <t>‭1847‬</t>
+  </si>
+  <si>
+    <t>‭3346872274‬</t>
+  </si>
+  <si>
+    <t>‭0755928466‬</t>
+  </si>
+  <si>
+    <t>‭0755928476‬</t>
+  </si>
+  <si>
+    <t>varacca@bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentareumbria@legalmail.it</t>
+  </si>
+  <si>
+    <t>‭MRRRRT48D22F839K‬</t>
+  </si>
+  <si>
+    <t>MIRRI ROBERTO</t>
+  </si>
+  <si>
+    <t>direttore@umbria.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>LEONARDO DEFELICE</t>
+  </si>
+  <si>
+    <t>‭VNTVTR61P10E230T‬</t>
+  </si>
+  <si>
+    <t>VENTURI VALTER</t>
+  </si>
+  <si>
+    <t>‭3482746993‬</t>
+  </si>
+  <si>
+    <t>presidente@umbria.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE UMBRIA - TERNI</t>
+  </si>
+  <si>
+    <t>Via Mario Corrieri, 18</t>
+  </si>
+  <si>
+    <t>‭05100‬</t>
+  </si>
+  <si>
+    <t>TERNI</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE UMBRIA - LIDARNO</t>
+  </si>
+  <si>
+    <t>Strada Ponte Valleceppi Sant'Egidio, 35 Loc. Lidarno</t>
+  </si>
+  <si>
+    <t>‭06134‬</t>
+  </si>
+  <si>
+    <t>‭ 97155440825‬</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE SICILIA OCCIDENTALE ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SS 113 KM 291 300 C DA SAN GIOVANNI  </t>
+  </si>
+  <si>
+    <t>CINISI</t>
+  </si>
+  <si>
+    <t>PA</t>
+  </si>
+  <si>
+    <t>‭90045‬</t>
+  </si>
+  <si>
+    <t>‭0919800541‬</t>
+  </si>
+  <si>
+    <t>‭0919800545‬</t>
+  </si>
+  <si>
+    <t>‭0919800548‬</t>
+  </si>
+  <si>
+    <t>pirrello@siciliapa.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>bancoalimentare_sicilia_occidentale@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭PRRGPP62D60C130L‬</t>
+  </si>
+  <si>
+    <t>PIRRELLO GIUSEPPA</t>
+  </si>
+  <si>
+    <t>LIPANI GABRIELLA</t>
+  </si>
+  <si>
+    <t>amministrazione@siciliapa.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE SICILIA OCCIDENTALE ONLUS</t>
+  </si>
+  <si>
+    <t>CONTRADA S.GIOVANNI S.S. 113 KM 291,300</t>
+  </si>
+  <si>
+    <t>PALERMO</t>
+  </si>
+  <si>
+    <t>‭ 93031270619‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA'</t>
+  </si>
+  <si>
+    <t>VIA E.MATTEI 14</t>
+  </si>
+  <si>
+    <t>CASERTA</t>
+  </si>
+  <si>
+    <t>CE</t>
+  </si>
+  <si>
+    <t>‭81100‬</t>
+  </si>
+  <si>
+    <t>‭0823329097‬</t>
+  </si>
+  <si>
+    <t>‭3395785868‬</t>
+  </si>
+  <si>
+    <t>‭0823352954‬</t>
+  </si>
+  <si>
+    <t>info@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>campania@pec.bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>TAMBURRO LUIGI</t>
+  </si>
+  <si>
+    <t>‭3287905223‬</t>
+  </si>
+  <si>
+    <t>luigitamburro@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>‭TMBMRS88A47B963S‬</t>
+  </si>
+  <si>
+    <t>TAMBURRO MARIA ROSARIA</t>
+  </si>
+  <si>
+    <t>‭3287905238‬</t>
+  </si>
+  <si>
+    <t>mariarosariatamburro@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>‭MDSNTN74B18G903S‬</t>
+  </si>
+  <si>
+    <t>MODESTO ANTONIO</t>
+  </si>
+  <si>
+    <t>‭3287905235‬</t>
+  </si>
+  <si>
+    <t>a.modesto@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>Viale Enrico Mattei, 14</t>
+  </si>
+  <si>
+    <t>‭ 91046200795‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA' - CALABRIA</t>
+  </si>
+  <si>
+    <t>VIA VENEZIA N 34</t>
+  </si>
+  <si>
+    <t>CIRO' MARINA</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>‭88811‬</t>
+  </si>
+  <si>
+    <t>‭096235853‬</t>
+  </si>
+  <si>
+    <t>‭3928396555‬</t>
+  </si>
+  <si>
+    <t>calabria@bancodelleoperedicarita.org</t>
+  </si>
+  <si>
+    <t>boccalabria@pec.it</t>
+  </si>
+  <si>
+    <t>‭RZZGNN65E13D189I‬</t>
+  </si>
+  <si>
+    <t>RIZZO GIOVANNI</t>
+  </si>
+  <si>
+    <t>‭SNTLBT64B68D189P‬</t>
+  </si>
+  <si>
+    <t>SANTORO ELISABETTA</t>
+  </si>
+  <si>
+    <t>‭3477881871‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA` - CALABRIA</t>
+  </si>
+  <si>
+    <t>Via Madonna di Mare, n. 33</t>
+  </si>
+  <si>
+    <t>‭ 93201550873‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA' - CATANIA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA COSMO MOLLICA ALAGONA Z I  </t>
+  </si>
+  <si>
+    <t>‭0955878658‬</t>
+  </si>
+  <si>
+    <t>‭3488529001‬</t>
+  </si>
+  <si>
+    <t>catania@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>catania@pec.bancodelleoperedicarita.org</t>
+  </si>
+  <si>
+    <t>‭SPRMCR72E67G371K‬</t>
+  </si>
+  <si>
+    <t>SPARTA' MARIA CARMELA</t>
+  </si>
+  <si>
+    <t>CUNSOLO TANIA SOFIA</t>
+  </si>
+  <si>
+    <t>‭3511637322‬</t>
+  </si>
+  <si>
+    <t>mariacarmelasparta@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA` - CATANIA</t>
+  </si>
+  <si>
+    <t>VIA STRADALE PRIMO SOLE, 12</t>
+  </si>
+  <si>
+    <t>‭ 90056710446‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA' - MARCHE - ETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA RAFFAELLO SANZIO 149  </t>
+  </si>
+  <si>
+    <t>FM</t>
+  </si>
+  <si>
+    <t>‭DPTU/242‬</t>
+  </si>
+  <si>
+    <t>‭0734255176‬</t>
+  </si>
+  <si>
+    <t>marche@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>marche@pec.bancodelleoperedicarita.it</t>
+  </si>
+  <si>
+    <t>‭CPRGNN59P68F415P‬</t>
+  </si>
+  <si>
+    <t>CAPRIOTTI GIANNA</t>
+  </si>
+  <si>
+    <t>‭3389604697‬</t>
+  </si>
+  <si>
+    <t>marche@bancodelleoperedicarita.org</t>
+  </si>
+  <si>
+    <t>‭TMSGPP64D23G516C‬</t>
+  </si>
+  <si>
+    <t>TOMASSINI GIUSEPPE</t>
+  </si>
+  <si>
+    <t>‭3389010816‬</t>
+  </si>
+  <si>
+    <t>BANCO DELLE OPERE DI CARITA' MARCHE</t>
   </si>
   <si>
     <t>‭ 10609100010‬</t>
   </si>
   <si>
-    <t>ASSOCIAZIONE BANCO DELLE OPERE DI CARITA' PIEMONTE "GIORGIO VALSANIA"</t>
+    <t>BANCO DELLE OPERE DI CARITA' - PIEMONTE - ETS</t>
   </si>
   <si>
     <t>STRADA COMMENDA 10/A</t>
   </si>
   <si>
     <t>CASELLE TORINESE</t>
   </si>
   <si>
-    <t>TO</t>
-[...1 lines deleted...]
-  <si>
     <t>‭10072‬</t>
   </si>
   <si>
     <t>‭3493670806‬</t>
   </si>
   <si>
     <t>piemonte@bancodelleoperedicarita.it</t>
   </si>
   <si>
     <t>piemonte@pec.bancodelleoperedicarita.org</t>
   </si>
   <si>
     <t>‭VLSNZE44T19B960V‬</t>
   </si>
   <si>
     <t>VALSANIA ENZO</t>
   </si>
   <si>
     <t>‭335462178‬</t>
   </si>
   <si>
     <t>‭VLSNDA73S66C722C‬</t>
   </si>
   <si>
     <t>VALSANIA NADIA</t>
   </si>
   <si>
     <t>‭0119963222‬</t>
   </si>
   <si>
     <t>BANCO DELLE OPERE DI CARITA' - PIEMONTE</t>
   </si>
   <si>
     <t>Via Strada Commenda, 10/a</t>
   </si>
   <si>
-    <t>TORINO</t>
-[...1126 lines deleted...]
-  <si>
     <t>‭ 97307420824‬</t>
   </si>
   <si>
-    <t>BANCO DELLE OPERE DI CARITA' - SICILIA OCCIDENTALE ONLUS</t>
+    <t>BANCO DELLE OPERE DI CARITA' - SICILIA OCCIDENTALE - ETS</t>
   </si>
   <si>
     <t>VIA MARIO RUTELLI 9</t>
   </si>
   <si>
     <t>‭90143‬</t>
   </si>
   <si>
     <t>sicilia@bancodelleoperedicarita.it</t>
   </si>
   <si>
     <t>sicilia@pec.bancodelleoperedicarita.org</t>
   </si>
   <si>
     <t>‭PLZNLY75P46G273R‬</t>
   </si>
   <si>
     <t>PALAZZO NELLY</t>
   </si>
   <si>
     <t>‭3392205244‬</t>
   </si>
   <si>
     <t>n.palazzo@bancodelleoperedicarita.it</t>
   </si>
   <si>
     <t>‭RIOVLR72B67F839D‬</t>
   </si>
   <si>
     <t>IORIO VALERIA</t>
   </si>
   <si>
     <t>‭3477651971‬</t>
   </si>
   <si>
+    <t>‭RMNPLA78P45G273Z‬</t>
+  </si>
+  <si>
+    <t>ROMANO PAOLA</t>
+  </si>
+  <si>
+    <t>p.romano@bancodelleoperedicarita.it</t>
+  </si>
+  <si>
     <t>BANCO DELLE OPERE DI CARITA' SICILIA OCCIDENTALE</t>
   </si>
   <si>
     <t>Via Archimede snc</t>
   </si>
   <si>
     <t>‭90040‬</t>
   </si>
   <si>
     <t>CARINI</t>
   </si>
   <si>
-    <t>‭RMNPLA78P45G273Z‬</t>
-[...7 lines deleted...]
-  <si>
     <t>‭ 93046930777‬</t>
   </si>
   <si>
     <t>BANCO DELLE OPERE DI CARITA' -BASILICATA</t>
   </si>
   <si>
     <t xml:space="preserve">V DELL'AGRICOLTURA SNC ZONA PAIP 2  </t>
   </si>
   <si>
     <t>MATERA</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>‭75100‬</t>
   </si>
   <si>
     <t>‭10008‬</t>
   </si>
   <si>
     <t>‭0835261650‬</t>
   </si>
   <si>
     <t>‭3358247780‬</t>
@@ -2319,95 +2433,50 @@
   <si>
     <t>‭3511200906‬</t>
   </si>
   <si>
     <t>‭SNTPND57D26G616C‬</t>
   </si>
   <si>
     <t>SANTAGATA PIERINO DONATO PASQUALE</t>
   </si>
   <si>
     <t>‭3481409610‬</t>
   </si>
   <si>
     <t>BANCO DELLE OPERE DI CARITA' - LUCANIA OCCIDENTALE</t>
   </si>
   <si>
     <t>Strada comunale della Mattina zona industriale</t>
   </si>
   <si>
     <t>‭85050‬</t>
   </si>
   <si>
     <t>TITO</t>
   </si>
   <si>
-    <t>‭ 90056710446‬</t>
-[...43 lines deleted...]
-  <si>
     <t>‭ 92035400792‬</t>
   </si>
   <si>
     <t>BANCO DELLE OPERE DI CARITA' REGGIO CALABRIA</t>
   </si>
   <si>
     <t xml:space="preserve">VIA VICO II SCORDINO SNC PELLARO  </t>
   </si>
   <si>
     <t>RC</t>
   </si>
   <si>
     <t>‭89134‬</t>
   </si>
   <si>
     <t>‭299‬</t>
   </si>
   <si>
     <t>‭09621870173‬</t>
   </si>
   <si>
     <t>catanzaro@bancodelleoperedicarita.org</t>
   </si>
   <si>
     <t>catanzaro@pec.bancodelleoperedicarita.org</t>
@@ -2610,54 +2679,60 @@
   <si>
     <t>‭NGRMSM75S25I470O‬</t>
   </si>
   <si>
     <t>MASSIMO NEGRI</t>
   </si>
   <si>
     <t>‭3343431514‬</t>
   </si>
   <si>
     <t>fornitori.biomassa@marcopolo-e.com</t>
   </si>
   <si>
     <t>‭DTTGNM76T24D205Q‬</t>
   </si>
   <si>
     <t>DUTTO GERMANO</t>
   </si>
   <si>
     <t>‭3356101819‬</t>
   </si>
   <si>
     <t>mesad.vignolo@marcopolo-e.com</t>
   </si>
   <si>
-    <t>‭MRCLNE76S56A182N‬</t>
-[...2 lines deleted...]
-    <t>MARCON ELENA</t>
+    <t>‭FLSSVT85S19C351Z‬</t>
+  </si>
+  <si>
+    <t>SALVATORE EMANUELE FALSAPERLA</t>
+  </si>
+  <si>
+    <t>‭3357247800‬</t>
+  </si>
+  <si>
+    <t>sottoprodotti@marcopolo-e.com</t>
   </si>
   <si>
     <t>IMPIANTO DI DIGESTIONE ANAEROBICA PER LA PRODUZIONE DI BIOGAS E AMMENDANTE COMPOSTATO MISTO</t>
   </si>
   <si>
     <t xml:space="preserve">VIA TETTO PELLEGRINO </t>
   </si>
   <si>
     <t>‭12010‬</t>
   </si>
   <si>
     <t>VIGNOLO</t>
   </si>
   <si>
     <t>‭ 93081060506‬</t>
   </si>
   <si>
     <t>CROCE ROSSA ITALIANA - COMITATO DI PISA - ORGANIZZAZIONE DI VOLONTARIATO</t>
   </si>
   <si>
     <t xml:space="preserve">VIA PANFILO CASTALDI 2  </t>
   </si>
   <si>
     <t>PISA</t>
   </si>
@@ -2706,68 +2781,68 @@
   <si>
     <t>letizia.parenti@cri.it</t>
   </si>
   <si>
     <t>C.R.I. COMITATO DI PISA</t>
   </si>
   <si>
     <t>VIA PANFILO CASTALDI, 2 - LOC. OSPEDALETTO</t>
   </si>
   <si>
     <t>‭ 92005060600‬</t>
   </si>
   <si>
     <t>DIOCESI DI FROSINONE-VEROLI-FERENTINO</t>
   </si>
   <si>
     <t>VIA VOLSCI 105</t>
   </si>
   <si>
     <t>‭03100‬</t>
   </si>
   <si>
     <t>‭215/4‬</t>
   </si>
   <si>
+    <t>‭0775839388‬</t>
+  </si>
+  <si>
+    <t>caritas@diocesifrosinone.it</t>
+  </si>
+  <si>
+    <t>caritasdiocesifrosinone@legalmail.it</t>
+  </si>
+  <si>
+    <t>‭GBBMLS64A58H501K‬</t>
+  </si>
+  <si>
+    <t>GOBBO M.LUISA</t>
+  </si>
+  <si>
     <t>‭3398677193‬</t>
   </si>
   <si>
-    <t>‭0775839388‬</t>
-[...13 lines deleted...]
-  <si>
     <t>marialuisa.gobbo@coopdiaconia.it</t>
   </si>
   <si>
     <t>‭LRTGLR79B45D810Z‬</t>
   </si>
   <si>
     <t>LAURETTI GLORIA</t>
   </si>
   <si>
     <t>‭3285746275‬</t>
   </si>
   <si>
     <t>gloria.lauretti@coopdiaconia.it</t>
   </si>
   <si>
     <t>PARROCCHIA S.S. GIUSEPPE E AMBROGIO</t>
   </si>
   <si>
     <t>Via Stazione 11</t>
   </si>
   <si>
     <t>‭03013‬</t>
   </si>
   <si>
     <t>FERENTINO</t>
@@ -2823,264 +2898,258 @@
   <si>
     <t>LOLI STEFANO</t>
   </si>
   <si>
     <t>centralino@mazzarispa.com</t>
   </si>
   <si>
     <t>‭FRNRRT93R67D458D‬</t>
   </si>
   <si>
     <t>FRANCESCONI ROBERTA</t>
   </si>
   <si>
     <t>DISTILLERIA MAZZARI</t>
   </si>
   <si>
     <t>Via Giardino, 6</t>
   </si>
   <si>
     <t>RAVENNA</t>
   </si>
   <si>
     <t>‭ 90040320419‬</t>
   </si>
   <si>
-    <t>DOMOMIA</t>
-[...2 lines deleted...]
-    <t>VIA FLAMINIA 500 FRAZ CUCCURANO</t>
+    <t>DOMOMIA - ETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA RANUZZI 3  </t>
   </si>
   <si>
     <t>FANO</t>
   </si>
   <si>
     <t>PU</t>
   </si>
   <si>
     <t>‭61032‬</t>
   </si>
   <si>
     <t>‭120 IGR‬</t>
   </si>
   <si>
     <t>‭3464231829‬</t>
   </si>
   <si>
     <t>domomia.genitorisoli@gmail.com</t>
   </si>
   <si>
     <t>domomia.aps@pec.it</t>
   </si>
   <si>
     <t>‭RNNFNC78H48L063C‬</t>
   </si>
   <si>
     <t>ARANINI FRANCESCA</t>
   </si>
   <si>
     <t>aranini.francesca@gmail.com</t>
   </si>
   <si>
     <t>ASSOCIAZIONE - A.S.P. - "DOMOMIA"</t>
   </si>
   <si>
     <t>Via Campanella,1</t>
   </si>
   <si>
     <t>PESARO E URBINO</t>
   </si>
   <si>
+    <t>‭ 92017210409‬</t>
+  </si>
+  <si>
+    <t>FOND BANCO ALIMENTARE EMILIA ROMAGNA ETS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA C MORELLI 8  </t>
+  </si>
+  <si>
+    <t>IMOLA</t>
+  </si>
+  <si>
+    <t>BO</t>
+  </si>
+  <si>
+    <t>‭40026‬</t>
+  </si>
+  <si>
+    <t>‭304‬</t>
+  </si>
+  <si>
+    <t>‭0542609542‬</t>
+  </si>
+  <si>
+    <t>‭054229805‬</t>
+  </si>
+  <si>
+    <t>info@emiliaromagna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>fond_bancoalimentare_emiliaromagna@pec.bancoalimentare.org</t>
+  </si>
+  <si>
+    <t>‭FRRDNL78C25E289Z‬</t>
+  </si>
+  <si>
+    <t>FERRARI DANIELE</t>
+  </si>
+  <si>
+    <t>magazzino.imola@emiliaromagna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BENINI GIANLUCA</t>
+  </si>
+  <si>
+    <t>‭3357313632‬</t>
+  </si>
+  <si>
+    <t>direttore@emiliaromagna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>‭PSMMVR81M08F152U‬</t>
+  </si>
+  <si>
+    <t>PASIMENI OMERO VIRGILIO</t>
+  </si>
+  <si>
+    <t>‭3667217112‬</t>
+  </si>
+  <si>
+    <t>magazzino.parma@emiliaromagna.bancoalimentare.it</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE EMILIA ROMAGNA - FERRARA</t>
+  </si>
+  <si>
+    <t>VIA STEFANO TRENTI, 32</t>
+  </si>
+  <si>
+    <t>‭44122‬</t>
+  </si>
+  <si>
+    <t>FERRARA</t>
+  </si>
+  <si>
+    <t>BANCO ALIMENTARE EMILIA ROMAGNA - IMOLA</t>
+  </si>
+  <si>
+    <t>VIA ZELLO, 1/F</t>
+  </si>
+  <si>
+    <t>BOLOGNA</t>
+  </si>
+  <si>
+    <t>FONDAZIONE BANCO ALIMENTARE EMILIA ROMAGNA ONLUS</t>
+  </si>
+  <si>
+    <t>VIA BERNA 4 C/O INTERPORTO</t>
+  </si>
+  <si>
+    <t>‭43010‬</t>
+  </si>
+  <si>
+    <t>FONTEVIVO</t>
+  </si>
+  <si>
     <t>‭ 91064360331‬</t>
   </si>
   <si>
-    <t>FONDAZIONE AUTONOMA CARITAS DIOCESANA PIACENZA BOBBIO</t>
+    <t>FONDAZIONE AUTONOMA CARITAS DIOCESIANA PIACENZA BOBBIO ETS</t>
   </si>
   <si>
     <t xml:space="preserve">VIA PIETRO GIORDANI 21  </t>
   </si>
   <si>
     <t>PIACENZA</t>
   </si>
   <si>
     <t>PC</t>
   </si>
   <si>
     <t>‭29121‬</t>
   </si>
   <si>
     <t>‭00/7290/IT/59391‬</t>
   </si>
   <si>
     <t>‭0523325945‬</t>
   </si>
   <si>
     <t>‭0523332750‬</t>
   </si>
   <si>
     <t>‭0523326904‬</t>
   </si>
   <si>
     <t>magazzino@caritaspiacenzabobbio.org</t>
   </si>
   <si>
     <t>posta@pec.caritaspiacenzabobbio.org</t>
   </si>
   <si>
     <t>‭ZCCFNC51A07D372H‬</t>
   </si>
   <si>
     <t>ZUCCONE FRANCO</t>
   </si>
   <si>
     <t>‭3357195568‬</t>
   </si>
   <si>
+    <t>‭RMNGNN52B21G535B‬</t>
+  </si>
+  <si>
     <t>REMONDINI GIANNI</t>
   </si>
   <si>
     <t>‭3201617283‬</t>
   </si>
   <si>
     <t>giannir93@gmail.com</t>
   </si>
   <si>
-    <t>‭DSOLSN59E25G535X‬</t>
-[...10 lines deleted...]
-  <si>
     <t>CARITAS DIOCESANA DI PIACENZA E BOBBIO</t>
   </si>
   <si>
     <t>VIA P. GIORDANI, 21</t>
   </si>
   <si>
-    <t>‭ 92017210409‬</t>
-[...91 lines deleted...]
-  <si>
     <t>‭ 92011430417‬</t>
   </si>
   <si>
-    <t>FONDAZIONE BANCO ALIMENTARE MARCHE ONLUS</t>
+    <t>FONDAZIONE BANCO ALIMENTARE MARCHE ETS</t>
   </si>
   <si>
     <t xml:space="preserve">VIA FERMO 24/BIS  </t>
   </si>
   <si>
     <t>PESARO</t>
   </si>
   <si>
     <t>‭61122‬</t>
   </si>
   <si>
     <t>‭4141‬</t>
   </si>
   <si>
     <t>‭072132901‬</t>
   </si>
   <si>
     <t>‭3351311952‬</t>
   </si>
   <si>
     <t>segreteria@marche.bancoalimentare.it</t>
   </si>
   <si>
     <t>bancoalimentaremarche@pec.it</t>
   </si>
@@ -3090,141 +3159,198 @@
   <si>
     <t>CECCHINI MAURO</t>
   </si>
   <si>
     <t>‭3938878541‬</t>
   </si>
   <si>
     <t>bancofano@libero.it</t>
   </si>
   <si>
     <t>‭TPPPLA59D12G479Z‬</t>
   </si>
   <si>
     <t>TAPPONI PAOLO</t>
   </si>
   <si>
     <t>tapponi@marche.bancoalimentare.it</t>
   </si>
   <si>
     <t>‭GLNLBT89L47H769Y‬</t>
   </si>
   <si>
     <t>GALIENI ELISABETTA</t>
   </si>
   <si>
-    <t>‭3493753524‬</t>
+    <t>‭3755955527‬</t>
   </si>
   <si>
     <t>magazzinosbt@marche.bancoalimentare.it</t>
   </si>
   <si>
+    <t>FONDAZIONE BANCO ALIMENTARE MARCHE - MAG. DI PESARO</t>
+  </si>
+  <si>
+    <t>Via Fermo, 26</t>
+  </si>
+  <si>
     <t>FONDAZIONE BANCO ALIMENTARE MARCHE - MAG. DI S. BENEDETTO DEL TRONTO</t>
   </si>
   <si>
     <t>VIA VALLE PIANA, 80/152</t>
   </si>
   <si>
     <t>‭63074‬</t>
   </si>
   <si>
     <t>SAN BENEDETTO DEL TRONTO</t>
   </si>
   <si>
     <t>ASCOLI PICENO</t>
   </si>
   <si>
-    <t>FONDAZIONE BANCO ALIMENTARE MARCHE - MAG. DI PESARO</t>
-[...2 lines deleted...]
-    <t>Via Fermo, 26</t>
+    <t>‭ 80144330158‬</t>
+  </si>
+  <si>
+    <t>FONDAZIONE PANE QUOTIDIANO</t>
+  </si>
+  <si>
+    <t>VIALE TOSCANA 28</t>
+  </si>
+  <si>
+    <t>MILANO</t>
+  </si>
+  <si>
+    <t>MI</t>
+  </si>
+  <si>
+    <t>‭20136‬</t>
+  </si>
+  <si>
+    <t>‭17622‬</t>
+  </si>
+  <si>
+    <t>‭0258310493‬</t>
+  </si>
+  <si>
+    <t>‭3285376133‬</t>
+  </si>
+  <si>
+    <t>segreteria@panequotidiano.eu</t>
+  </si>
+  <si>
+    <t>panequotidiano@pec.it</t>
+  </si>
+  <si>
+    <t>‭CRBNCL97H19F205L‬</t>
+  </si>
+  <si>
+    <t>NICOLO CORBETTA</t>
+  </si>
+  <si>
+    <t>‭3398557818‬</t>
+  </si>
+  <si>
+    <t>logistica@panequotidiano.eu</t>
+  </si>
+  <si>
+    <t>‭CNCDSD93D25F205G‬</t>
+  </si>
+  <si>
+    <t>DENIS DAVIDE CONCAS</t>
+  </si>
+  <si>
+    <t>‭3498260787‬</t>
+  </si>
+  <si>
+    <t>SOCIETA' PANE QUOTIDIANO FONDAZIONE A.VALENTINI</t>
+  </si>
+  <si>
+    <t>Viale Toscana,28</t>
+  </si>
+  <si>
+    <t>V.le Monza, 335</t>
+  </si>
+  <si>
+    <t>‭20126‬</t>
   </si>
   <si>
     <t>‭ 02400901209‬</t>
   </si>
   <si>
     <t>FONDAZIONE SAN PETRONIO - ONLUS</t>
   </si>
   <si>
     <t xml:space="preserve">VIA SANTA CATERINA N 8  </t>
   </si>
   <si>
     <t>‭40123‬</t>
   </si>
   <si>
     <t>‭001356‬</t>
   </si>
   <si>
     <t>‭3338493104‬</t>
   </si>
   <si>
     <t>‭3338200997‬</t>
   </si>
   <si>
     <t>ortofrutta@fondazionesanpetronio.it</t>
   </si>
   <si>
     <t>fondazionesanpetronio.ortofrutta@pec.net</t>
   </si>
   <si>
     <t>‭MGLMCL78A24A944X‬</t>
   </si>
   <si>
     <t>MAGLIOZZI MARCELLO</t>
   </si>
   <si>
     <t>marcello.magliozzi@chiesadibologna.it</t>
   </si>
   <si>
     <t>fondazionesanpetronio.ortofrutta@pec.it</t>
   </si>
   <si>
-    <t>‭QTNMTT91B22A944X‬</t>
-[...7 lines deleted...]
-  <si>
     <t>VILLA PALLAVICINI</t>
   </si>
   <si>
     <t>VIA MARCO EMILIO LEPIDO 196</t>
   </si>
   <si>
     <t>‭40132‬</t>
   </si>
   <si>
     <t>‭ 92102820484‬</t>
   </si>
   <si>
-    <t>FONDAZIONE SOLIDARIETA' CARITAS O.N.L.U.S.</t>
-[...2 lines deleted...]
-    <t>VIA DEL SEMINARIO 36</t>
+    <t>FONDAZIONE SOLIDARIETA' CARITAS ONLUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA DE SEMINARIO 36  </t>
   </si>
   <si>
     <t>PRATO</t>
   </si>
   <si>
     <t>PO</t>
   </si>
   <si>
     <t>‭59100‬</t>
   </si>
   <si>
     <t>‭1041‬</t>
   </si>
   <si>
     <t>caritas@solidarietacaritasprato.it</t>
   </si>
   <si>
     <t>caritasprato@legalmail.it</t>
   </si>
   <si>
     <t>‭PPAFLC70P28G999Y‬</t>
   </si>
   <si>
     <t>PAPI FOLCO</t>
   </si>
@@ -3234,53 +3360,50 @@
   <si>
     <t>folcopapi@emporio.prato.it</t>
   </si>
   <si>
     <t>‭PSTDVD74B25G999O‬</t>
   </si>
   <si>
     <t>PISTILLI DAVIDE</t>
   </si>
   <si>
     <t>‭0574870185‬</t>
   </si>
   <si>
     <t>pistaweb74@gmail.com</t>
   </si>
   <si>
     <t>‭BLDCLD52S19F572C‬</t>
   </si>
   <si>
     <t>BALDINI CLAUDIO</t>
   </si>
   <si>
     <t>claudiobaldini@emporio.prato.it</t>
   </si>
   <si>
-    <t>FONDAZIONE SOLIDARIETA' CARITAS ONLUS</t>
-[...1 lines deleted...]
-  <si>
     <t>Via Lodz, 40 C/O Coop. Trasportatori pratesi</t>
   </si>
   <si>
     <t>‭ GRNCRL38T27G575E‬</t>
   </si>
   <si>
     <t>GARNERO CARLO</t>
   </si>
   <si>
     <t xml:space="preserve">LOCALITA' CAVEZZINO 2  </t>
   </si>
   <si>
     <t>VERRUA SAVOIA</t>
   </si>
   <si>
     <t>‭10020‬</t>
   </si>
   <si>
     <t>‭6831‬</t>
   </si>
   <si>
     <t>carlo.garnero@hotmail.it</t>
   </si>
   <si>
     <t>carlo.garnero@pec.agritel.it</t>
@@ -3357,51 +3480,51 @@
   <si>
     <t>‭3351938657‬</t>
   </si>
   <si>
     <t>‭RVTCHR80E61B157G‬</t>
   </si>
   <si>
     <t>ROVATI CHIARA</t>
   </si>
   <si>
     <t>‭3391735476‬</t>
   </si>
   <si>
     <t>ASSOCIAZIONE DI PROMOZIONE SOCIALE GRUPPO 29 MAGGIO '93 FABIO-SERGIO-GUIDO-MAGAZZINO DI GHEDI</t>
   </si>
   <si>
     <t>VIA DEI MURATORI 13</t>
   </si>
   <si>
     <t>BRESCIA</t>
   </si>
   <si>
     <t>‭ 97564590582‬</t>
   </si>
   <si>
-    <t>ISTITUTO PER LA FAMIGLIA IPF ROMA 15</t>
+    <t>IPF ROMA 15 ODV CON FISED-FEDERAZIONE ITALIANA SOLIDARIETA' E DIRITTO</t>
   </si>
   <si>
     <t xml:space="preserve">VIALE DEI ROMANISTI 43  </t>
   </si>
   <si>
     <t>‭00169‬</t>
   </si>
   <si>
     <t>‭20085‬</t>
   </si>
   <si>
     <t>‭3484093187‬</t>
   </si>
   <si>
     <t>‭3450318167‬</t>
   </si>
   <si>
     <t>mafy7020@gmail.com</t>
   </si>
   <si>
     <t>istfamigliaonlus@pec.it</t>
   </si>
   <si>
     <t>‭BSLMLD70S65H501F‬</t>
   </si>
@@ -3423,101 +3546,101 @@
   <si>
     <t>‭CPTTRS50D51B857Q‬</t>
   </si>
   <si>
     <t>CAPUTO TERESA</t>
   </si>
   <si>
     <t>‭3484093183‬</t>
   </si>
   <si>
     <t>BASILE MAFALDA</t>
   </si>
   <si>
     <t>‭3484091187‬</t>
   </si>
   <si>
     <t>IPF - ISTITUTO PER LA FAMIGLIA-ROMA</t>
   </si>
   <si>
     <t>VIA DEI ROMANISTI, 43</t>
   </si>
   <si>
     <t>‭ 90061240405‬</t>
   </si>
   <si>
-    <t>ISTITUTO PER LA FAMIGLIA RIMINI</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">VIA BRODOLINI 10  </t>
+    <t>ISTITUTO PER LA FAMIGLIA RIMINI - ODV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA GIACOMO BRODOLINI 10  </t>
   </si>
   <si>
     <t>RIMINI</t>
   </si>
   <si>
     <t>RN</t>
   </si>
   <si>
     <t>‭47922‬</t>
   </si>
   <si>
     <t>‭1665‬</t>
   </si>
   <si>
     <t>‭3356315834‬</t>
   </si>
   <si>
     <t>ipfrimini@libero.it</t>
   </si>
   <si>
     <t>ipfrimini@pec.buffetti.it</t>
   </si>
   <si>
     <t>‭ZNIDLL64E06G371G‬</t>
   </si>
   <si>
     <t>ZIINO DANIELE LIVIO</t>
   </si>
   <si>
     <t>‭335615834‬</t>
   </si>
   <si>
+    <t>IPF RIMINI ODV C/O CAAR SPA - CENTRO AGRO ALIMENTARE RIMINESE</t>
+  </si>
+  <si>
+    <t>VIA EMILIA VECCHIA, 75</t>
+  </si>
+  <si>
+    <t>‭47923‬</t>
+  </si>
+  <si>
     <t>IPF - ISTITUTO PER LA FAMIGLIA ONLUS</t>
   </si>
   <si>
     <t>VIA BRODOLINI, 10</t>
   </si>
   <si>
-    <t>IPF RIMINI ODV C/O CAAR SPA - CENTRO AGRO ALIMENTARE RIMINESE</t>
-[...7 lines deleted...]
-  <si>
     <t>‭ 01787600236‬</t>
   </si>
   <si>
     <t>LA PREVIERA SOCIETA' AGRICOLA DI FAVAZZA ENZO E AGOSTINI ANNALISA S.S.</t>
   </si>
   <si>
     <t>ZONA ARTIGIANALE,8</t>
   </si>
   <si>
     <t>ROVEREDO DI GUA'</t>
   </si>
   <si>
     <t>‭37040‬</t>
   </si>
   <si>
     <t>‭IAFR.2198‬</t>
   </si>
   <si>
     <t>‭0442648139‬</t>
   </si>
   <si>
     <t>la.previera.srl@tiscali.it</t>
   </si>
   <si>
     <t>la.previera@lamiapec.it</t>
@@ -3558,54 +3681,72 @@
   <si>
     <t>MINERBE</t>
   </si>
   <si>
     <t>‭ 02090330040‬</t>
   </si>
   <si>
     <t>MARCOPOLO ENGINEERING S.P.A. SISTEMI ECOLOGICI</t>
   </si>
   <si>
     <t xml:space="preserve">VIA XI SETTEMBRE 37  </t>
   </si>
   <si>
     <t>BORGO SAN DALMAZZO</t>
   </si>
   <si>
     <t>‭12011‬</t>
   </si>
   <si>
     <t>‭DDDAP2-186-2019 e GSE del 28/11/2008‬</t>
   </si>
   <si>
     <t>marcopoloeng-spa@legalmail.it</t>
   </si>
   <si>
-    <t>ELENA MARCON</t>
-[...2 lines deleted...]
-    <t>‭3450543632‬</t>
+    <t>‭BRSMRA69R31D969F‬</t>
+  </si>
+  <si>
+    <t>MAURO BERSI</t>
+  </si>
+  <si>
+    <t>‭3467506107‬</t>
+  </si>
+  <si>
+    <t>mesad.alessandria@marcopolo-e.com</t>
+  </si>
+  <si>
+    <t>‭BRTLSS83A71D205T‬</t>
+  </si>
+  <si>
+    <t>ALESSIA BERTOLOTTO</t>
+  </si>
+  <si>
+    <t>‭3457247800‬</t>
+  </si>
+  <si>
+    <t>alessia.bertolotto@marcopolo-e.com</t>
   </si>
   <si>
     <t>IMPIANTO DI DIGESTIONE ANAEROBICA PER LA PRODUZIONE DI ENERGIA DA FONTE RINNOVABILE E DI AMMENDANTE COMPOSTATO MISTO</t>
   </si>
   <si>
     <t>VIA CASALE 98 - FRAZ. SAN MICHELE</t>
   </si>
   <si>
     <t>‭15100‬</t>
   </si>
   <si>
     <t>ALESSANDRIA</t>
   </si>
   <si>
     <t>‭ 98095600171‬</t>
   </si>
   <si>
     <t>MAREMOSSO</t>
   </si>
   <si>
     <t>VIA BUFFALORA 3/E</t>
   </si>
   <si>
     <t>‭25135‬</t>
   </si>
@@ -3765,50 +3906,119 @@
   <si>
     <t>proenergia@libero.it</t>
   </si>
   <si>
     <t>pro.energia@legalmail.it</t>
   </si>
   <si>
     <t>‭PTRLCU64D05E730A‬</t>
   </si>
   <si>
     <t>PETRINI LUCA</t>
   </si>
   <si>
     <t>PRO.ENERGIA SOC.COOP.AGRICOLA</t>
   </si>
   <si>
     <t>Via Reale Lavezzola,17</t>
   </si>
   <si>
     <t>‭48011‬</t>
   </si>
   <si>
     <t>ALFONSINE</t>
   </si>
   <si>
+    <t>‭ 01098680372‬</t>
+  </si>
+  <si>
+    <t>PROVINCIA S.ANTONIO DEI FRATI MINORI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA GUINIZELLI 3  </t>
+  </si>
+  <si>
+    <t>‭40125‬</t>
+  </si>
+  <si>
+    <t>‭DCAC 103 - Fasc. 4000 PD‬</t>
+  </si>
+  <si>
+    <t>‭3388438960‬</t>
+  </si>
+  <si>
+    <t>‭0514290813‬</t>
+  </si>
+  <si>
+    <t>frgiovanni70@gmail.com</t>
+  </si>
+  <si>
+    <t>fratiminori.norditalia@pec.fratiminori.it</t>
+  </si>
+  <si>
+    <t>‭VLNPQL69E23A883T‬</t>
+  </si>
+  <si>
+    <t>VALENTE PASQUALE</t>
+  </si>
+  <si>
+    <t>pasquale.valente@antoniano.it</t>
+  </si>
+  <si>
+    <t>‭RNLGNN70R19H598D‬</t>
+  </si>
+  <si>
+    <t>GIOVANNI RINALDI</t>
+  </si>
+  <si>
+    <t>‭LDNCHR97A56A717R‬</t>
+  </si>
+  <si>
+    <t>LAUDANO CHIARA</t>
+  </si>
+  <si>
+    <t>chiara.laudano@antoniano.it</t>
+  </si>
+  <si>
+    <t>‭CTTCST73H52A944W‬</t>
+  </si>
+  <si>
+    <t>CRISTINA CATTANEO</t>
+  </si>
+  <si>
+    <t>cristina.cattaneo@fratiminori.it</t>
+  </si>
+  <si>
+    <t>CAAB S.P.A.</t>
+  </si>
+  <si>
+    <t>VIA PAOLO CANALI 1</t>
+  </si>
+  <si>
+    <t>‭40100‬</t>
+  </si>
+  <si>
     <t>‭ 91028460482‬</t>
   </si>
   <si>
     <t>RECUPERO SOLIDALE</t>
   </si>
   <si>
     <t>VIA MAGOLO N 1</t>
   </si>
   <si>
     <t>EMPOLI</t>
   </si>
   <si>
     <t>‭50053‬</t>
   </si>
   <si>
     <t>‭2757‬</t>
   </si>
   <si>
     <t>‭3281552608‬</t>
   </si>
   <si>
     <t>‭057180625‬</t>
   </si>
   <si>
     <t>re.so@email.it</t>
@@ -3879,321 +4089,267 @@
   <si>
     <t>MARENGO ANDREA</t>
   </si>
   <si>
     <t>‭3381229652‬</t>
   </si>
   <si>
     <t>‭MRNDNL91B12I470M‬</t>
   </si>
   <si>
     <t>MARENGO DANIELE</t>
   </si>
   <si>
     <t>‭3493862552‬</t>
   </si>
   <si>
     <t>danielemarengo552@gmail.com</t>
   </si>
   <si>
     <t>COOPERATIVA AGRICOLA RIOFREDDO</t>
   </si>
   <si>
     <t>Località Riofreddo 102</t>
   </si>
   <si>
+    <t>‭ 97161580580‬</t>
+  </si>
+  <si>
+    <t>SEMPRE INSIEME PER LA PACE ONLUS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">VIA BUCCARI 3  </t>
+  </si>
+  <si>
+    <t>‭00195‬</t>
+  </si>
+  <si>
+    <t>‭164‬</t>
+  </si>
+  <si>
+    <t>‭0668805835‬</t>
+  </si>
+  <si>
+    <t>‭3356499828‬</t>
+  </si>
+  <si>
+    <t>sempreperlapaceonlus@gmail.com</t>
+  </si>
+  <si>
+    <t>sempreinsiemeperlapaceonlus@registerpec.it</t>
+  </si>
+  <si>
+    <t>‭VLSCST65A55N219N‬</t>
+  </si>
+  <si>
+    <t>VALESANI CRISTINA</t>
+  </si>
+  <si>
+    <t>ASSOCIAZIONE SEMPRE INSIEME PER LA PACE</t>
+  </si>
+  <si>
+    <t>Via Tiburno, 33</t>
+  </si>
+  <si>
+    <t>‭00159‬</t>
+  </si>
+  <si>
+    <t>‭ 02375791205‬</t>
+  </si>
+  <si>
+    <t>SOCIETA' AGRICOLA CAZZANI S.S. DI GIUSEPPE E GIORGIA</t>
+  </si>
+  <si>
+    <t>VIA S VITALE EST 2101/A</t>
+  </si>
+  <si>
+    <t>MEDICINA</t>
+  </si>
+  <si>
+    <t>‭40059‬</t>
+  </si>
+  <si>
+    <t>‭2156‬</t>
+  </si>
+  <si>
+    <t>‭051850745‬</t>
+  </si>
+  <si>
+    <t>amministrazione@cazzanienergia.it</t>
+  </si>
+  <si>
+    <t>cazzani.energia@pec.it</t>
+  </si>
+  <si>
+    <t>‭CZZGPP54T14A944W‬</t>
+  </si>
+  <si>
+    <t>CAZZANI GIUSEPPE</t>
+  </si>
+  <si>
+    <t>‭CZZGRG83H43F083O‬</t>
+  </si>
+  <si>
+    <t>CAZZANI GIORGIA</t>
+  </si>
+  <si>
+    <t>‭FRSPRZ56S62F288N‬</t>
+  </si>
+  <si>
+    <t>FRASCARI PATRIZIA</t>
+  </si>
+  <si>
+    <t>SOC. AGR. CAZZANI</t>
+  </si>
+  <si>
+    <t>Via San Vitale, 2101/A</t>
+  </si>
+  <si>
     <t>‭ 02167840202‬</t>
   </si>
   <si>
-    <t>RIVALTA ENERGIA SOCIETA' AGRICOLA SRL</t>
+    <t>SOCIETA' AGRICOLA RIVALTA ENERGIA S.R.L.</t>
   </si>
   <si>
     <t xml:space="preserve">LOCALITA' MUSSOLINA, 2/B  </t>
   </si>
   <si>
     <t>GOITO</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>‭46044‬</t>
   </si>
   <si>
     <t>‭2.844-2005‬</t>
   </si>
   <si>
     <t>‭0376653910‬</t>
   </si>
   <si>
     <t>alessandro.deangeli@clausius.it</t>
   </si>
   <si>
     <t>rivaltaenergia@pec.it</t>
   </si>
   <si>
     <t>‭SRDCRL49E29H481B‬</t>
   </si>
   <si>
     <t>SORDELLI CARLO</t>
   </si>
   <si>
     <t>‭3488913800‬</t>
   </si>
   <si>
     <t>carlo.sordelli@clausius.it</t>
   </si>
   <si>
     <t>‭DNGLSN78D06E397L‬</t>
   </si>
   <si>
     <t>DE ANGELI ALESSANDRO</t>
   </si>
   <si>
     <t>‭3470834578‬</t>
   </si>
   <si>
-    <t>SOCIETA' AGRICOLA RIVALTA ENERGIA S.R.L.</t>
-[...1 lines deleted...]
-  <si>
     <t>Via Settefrati, n.1</t>
   </si>
   <si>
     <t>‭46040‬</t>
   </si>
   <si>
     <t>RODIGO</t>
   </si>
   <si>
     <t>MANTOVA</t>
   </si>
   <si>
-    <t>‭ 97161580580‬</t>
-[...148 lines deleted...]
-  <si>
     <t>‭ 03071440261‬</t>
   </si>
   <si>
     <t>SOLIDARIETA' SOCIETA' COOPERATIVA SOCIALE</t>
   </si>
   <si>
     <t xml:space="preserve">VIA SANT'ANDREA 114  </t>
   </si>
   <si>
     <t>MONTEBELLUNA</t>
   </si>
   <si>
     <t>TV</t>
   </si>
   <si>
     <t>‭31044‬</t>
   </si>
   <si>
     <t>‭0007005‬</t>
   </si>
   <si>
     <t>‭0423601341‬</t>
   </si>
   <si>
     <t>‭0423309615‬</t>
   </si>
   <si>
     <t>info@ceodsolidarieta.it</t>
   </si>
   <si>
     <t>ceod.solidarieta@pec.it</t>
   </si>
   <si>
     <t>‭SMLDGI65H01D157M‬</t>
   </si>
   <si>
-    <t>SEMOLA DIEGO</t>
+    <t>DIEGO SEMOLA</t>
   </si>
   <si>
     <t>‭3336562502‬</t>
   </si>
   <si>
     <t>semoladiego@gmail.com</t>
   </si>
   <si>
+    <t>semoladiego@postecert.it</t>
+  </si>
+  <si>
     <t>‭CMLMRA68B09F443G‬</t>
   </si>
   <si>
-    <t>CAMILLI MARIO</t>
+    <t>MARIO CAMILLI</t>
   </si>
   <si>
     <t>‭3385293028‬</t>
   </si>
   <si>
     <t>info@mariocamilli.com</t>
+  </si>
+  <si>
+    <t>mario.camilli@pec.it</t>
   </si>
   <si>
     <t>SOLIDARIETÀ SOC COOP ONLUS</t>
   </si>
   <si>
     <t xml:space="preserve">Via Sant'Andrea, 114 </t>
   </si>
   <si>
     <t>TREVISO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
@@ -4823,156 +4979,159 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="37">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="37" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="37" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" indent="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="33" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="33" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...43 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment wrapText="1"/>
+      <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="34" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="35" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="36" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="36" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="36" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="37" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="37" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="37" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="35" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="35" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="36" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="36" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="37" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="37" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Colore 1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Colore 2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Colore 3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Colore 4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Colore 5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Colore 6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Colore 1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Colore 2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Colore 3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Colore 4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Colore 5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Colore 6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Colore 1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Colore 2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Colore 3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Colore 4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Colore 5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Colore 6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Calcolo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Cella collegata" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Cella da controllare" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Colore 1" xfId="18" builtinId="29" customBuiltin="1"/>
@@ -5308,13220 +5467,13552 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:BB87"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B216500D-DC9E-4311-8790-A98CB2004152}">
+  <dimension ref="A1:BB89"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:XFD4"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="28" max="28" width="36.5703125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="16.109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="16.5546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="25.88671875" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="8.77734375" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="7" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="14.5546875" bestFit="1" customWidth="1"/>
+    <col min="14" max="16" width="13.109375" bestFit="1" customWidth="1"/>
+    <col min="17" max="18" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="19" max="19" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="20" max="20" width="19.5546875" bestFit="1" customWidth="1"/>
+    <col min="21" max="21" width="29.77734375" bestFit="1" customWidth="1"/>
+    <col min="22" max="22" width="12.77734375" bestFit="1" customWidth="1"/>
+    <col min="23" max="23" width="3.77734375" bestFit="1" customWidth="1"/>
+    <col min="24" max="25" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="26" max="26" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="27" max="27" width="20.6640625" bestFit="1" customWidth="1"/>
+    <col min="28" max="28" width="35.5546875" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="11" bestFit="1" customWidth="1"/>
-    <col min="30" max="30" width="4" bestFit="1" customWidth="1"/>
-[...19 lines deleted...]
-    <col min="54" max="54" width="10.7109375" bestFit="1" customWidth="1"/>
+    <col min="30" max="30" width="3.77734375" bestFit="1" customWidth="1"/>
+    <col min="31" max="32" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="33" max="33" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="34" max="34" width="20.5546875" bestFit="1" customWidth="1"/>
+    <col min="35" max="35" width="31.33203125" bestFit="1" customWidth="1"/>
+    <col min="36" max="36" width="12.77734375" bestFit="1" customWidth="1"/>
+    <col min="37" max="37" width="12" bestFit="1" customWidth="1"/>
+    <col min="38" max="39" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="40" max="40" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="41" max="41" width="20.5546875" bestFit="1" customWidth="1"/>
+    <col min="42" max="42" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="43" max="43" width="12" bestFit="1" customWidth="1"/>
+    <col min="44" max="44" width="3.77734375" bestFit="1" customWidth="1"/>
+    <col min="45" max="46" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="47" max="47" width="11.5546875" bestFit="1" customWidth="1"/>
+    <col min="48" max="48" width="18.21875" bestFit="1" customWidth="1"/>
+    <col min="49" max="50" width="35.5546875" bestFit="1" customWidth="1"/>
+    <col min="51" max="51" width="7" bestFit="1" customWidth="1"/>
+    <col min="52" max="52" width="27.33203125" bestFit="1" customWidth="1"/>
+    <col min="53" max="53" width="23.33203125" bestFit="1" customWidth="1"/>
+    <col min="54" max="54" width="11.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:54" ht="11.85" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:54" ht="11.85" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
-      <c r="B1" s="23" t="s">
+      <c r="B1" s="10" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="23"/>
-[...50 lines deleted...]
-      <c r="BB1" s="23"/>
+      <c r="C1" s="10"/>
+      <c r="D1" s="10"/>
+      <c r="E1" s="10"/>
+      <c r="F1" s="10"/>
+      <c r="G1" s="10"/>
+      <c r="H1" s="10"/>
+      <c r="I1" s="10"/>
+      <c r="J1" s="10"/>
+      <c r="K1" s="10"/>
+      <c r="L1" s="10"/>
+      <c r="M1" s="10"/>
+      <c r="N1" s="10"/>
+      <c r="O1" s="10"/>
+      <c r="P1" s="10"/>
+      <c r="Q1" s="10"/>
+      <c r="R1" s="10"/>
+      <c r="S1" s="10"/>
+      <c r="T1" s="10"/>
+      <c r="U1" s="10"/>
+      <c r="V1" s="10"/>
+      <c r="W1" s="10"/>
+      <c r="X1" s="10"/>
+      <c r="Y1" s="10"/>
+      <c r="Z1" s="10"/>
+      <c r="AA1" s="10"/>
+      <c r="AB1" s="10"/>
+      <c r="AC1" s="10"/>
+      <c r="AD1" s="10"/>
+      <c r="AE1" s="10"/>
+      <c r="AF1" s="10"/>
+      <c r="AG1" s="10"/>
+      <c r="AH1" s="10"/>
+      <c r="AI1" s="10"/>
+      <c r="AJ1" s="10"/>
+      <c r="AK1" s="10"/>
+      <c r="AL1" s="10"/>
+      <c r="AM1" s="10"/>
+      <c r="AN1" s="10"/>
+      <c r="AO1" s="10"/>
+      <c r="AP1" s="10"/>
+      <c r="AQ1" s="10"/>
+      <c r="AR1" s="10"/>
+      <c r="AS1" s="10"/>
+      <c r="AT1" s="10"/>
+      <c r="AU1" s="10"/>
+      <c r="AV1" s="10"/>
+      <c r="AW1" s="10"/>
+      <c r="AX1" s="10"/>
+      <c r="AY1" s="10"/>
+      <c r="AZ1" s="10"/>
+      <c r="BA1" s="10"/>
+      <c r="BB1" s="10"/>
     </row>
-    <row r="2" spans="1:54" ht="13.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="24" t="s">
+    <row r="2" spans="1:54" ht="13.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="25"/>
-[...17 lines deleted...]
-      <c r="T2" s="27" t="s">
+      <c r="B2" s="12"/>
+      <c r="C2" s="12"/>
+      <c r="D2" s="12"/>
+      <c r="E2" s="12"/>
+      <c r="F2" s="12"/>
+      <c r="G2" s="12"/>
+      <c r="H2" s="12"/>
+      <c r="I2" s="12"/>
+      <c r="J2" s="12"/>
+      <c r="K2" s="12"/>
+      <c r="L2" s="12"/>
+      <c r="M2" s="12"/>
+      <c r="N2" s="12"/>
+      <c r="O2" s="12"/>
+      <c r="P2" s="12"/>
+      <c r="Q2" s="12"/>
+      <c r="R2" s="12"/>
+      <c r="S2" s="13"/>
+      <c r="T2" s="14" t="s">
         <v>2</v>
       </c>
-      <c r="U2" s="28"/>
-[...5 lines deleted...]
-      <c r="AA2" s="30" t="s">
+      <c r="U2" s="15"/>
+      <c r="V2" s="15"/>
+      <c r="W2" s="15"/>
+      <c r="X2" s="15"/>
+      <c r="Y2" s="15"/>
+      <c r="Z2" s="16"/>
+      <c r="AA2" s="17" t="s">
         <v>3</v>
       </c>
-      <c r="AB2" s="31"/>
-[...5 lines deleted...]
-      <c r="AH2" s="27" t="s">
+      <c r="AB2" s="18"/>
+      <c r="AC2" s="18"/>
+      <c r="AD2" s="18"/>
+      <c r="AE2" s="18"/>
+      <c r="AF2" s="18"/>
+      <c r="AG2" s="19"/>
+      <c r="AH2" s="14" t="s">
         <v>4</v>
       </c>
-      <c r="AI2" s="28"/>
-[...5 lines deleted...]
-      <c r="AO2" s="30" t="s">
+      <c r="AI2" s="15"/>
+      <c r="AJ2" s="15"/>
+      <c r="AK2" s="15"/>
+      <c r="AL2" s="15"/>
+      <c r="AM2" s="15"/>
+      <c r="AN2" s="16"/>
+      <c r="AO2" s="17" t="s">
         <v>5</v>
       </c>
-      <c r="AP2" s="31"/>
-[...5 lines deleted...]
-      <c r="AV2" s="33" t="s">
+      <c r="AP2" s="18"/>
+      <c r="AQ2" s="18"/>
+      <c r="AR2" s="18"/>
+      <c r="AS2" s="18"/>
+      <c r="AT2" s="18"/>
+      <c r="AU2" s="19"/>
+      <c r="AV2" s="20" t="s">
         <v>6</v>
       </c>
-      <c r="AW2" s="34"/>
-[...4 lines deleted...]
-      <c r="BB2" s="35"/>
+      <c r="AW2" s="21"/>
+      <c r="AX2" s="21"/>
+      <c r="AY2" s="21"/>
+      <c r="AZ2" s="21"/>
+      <c r="BA2" s="21"/>
+      <c r="BB2" s="22"/>
     </row>
-    <row r="3" spans="1:54" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="19" t="s">
+    <row r="3" spans="1:54" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="20"/>
-      <c r="C3" s="17" t="s">
+      <c r="B3" s="24"/>
+      <c r="C3" s="27" t="s">
         <v>9</v>
       </c>
-      <c r="D3" s="17" t="s">
+      <c r="D3" s="27" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="F3" s="17" t="s">
+      <c r="F3" s="27" t="s">
         <v>13</v>
       </c>
-      <c r="G3" s="17" t="s">
+      <c r="G3" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="H3" s="17" t="s">
+      <c r="H3" s="27" t="s">
         <v>15</v>
       </c>
-      <c r="I3" s="17" t="s">
+      <c r="I3" s="27" t="s">
         <v>16</v>
       </c>
-      <c r="J3" s="17" t="s">
+      <c r="J3" s="27" t="s">
         <v>17</v>
       </c>
-      <c r="K3" s="17" t="s">
+      <c r="K3" s="27" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="N3" s="17" t="s">
+      <c r="N3" s="27" t="s">
         <v>22</v>
       </c>
       <c r="O3" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="P3" s="17" t="s">
+      <c r="P3" s="27" t="s">
         <v>24</v>
       </c>
-      <c r="Q3" s="17" t="s">
+      <c r="Q3" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="R3" s="17" t="s">
+      <c r="R3" s="27" t="s">
         <v>26</v>
       </c>
       <c r="S3" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="T3" s="15" t="s">
+      <c r="T3" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="U3" s="15" t="s">
+      <c r="U3" s="29" t="s">
         <v>10</v>
       </c>
-      <c r="V3" s="15" t="s">
+      <c r="V3" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="W3" s="15" t="s">
+      <c r="W3" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="X3" s="15" t="s">
+      <c r="X3" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="Y3" s="15" t="s">
+      <c r="Y3" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="Z3" s="15" t="s">
+      <c r="Z3" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="AA3" s="13" t="s">
+      <c r="AA3" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="AB3" s="13" t="s">
+      <c r="AB3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="AC3" s="13" t="s">
+      <c r="AC3" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="AD3" s="13" t="s">
+      <c r="AD3" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="AE3" s="13" t="s">
+      <c r="AE3" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="AF3" s="13" t="s">
+      <c r="AF3" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="AG3" s="13" t="s">
+      <c r="AG3" s="31" t="s">
         <v>18</v>
       </c>
-      <c r="AH3" s="15" t="s">
+      <c r="AH3" s="29" t="s">
         <v>9</v>
       </c>
-      <c r="AI3" s="15" t="s">
+      <c r="AI3" s="29" t="s">
         <v>10</v>
       </c>
-      <c r="AJ3" s="15" t="s">
+      <c r="AJ3" s="29" t="s">
         <v>22</v>
       </c>
-      <c r="AK3" s="15" t="s">
+      <c r="AK3" s="29" t="s">
         <v>28</v>
       </c>
-      <c r="AL3" s="15" t="s">
+      <c r="AL3" s="29" t="s">
         <v>29</v>
       </c>
-      <c r="AM3" s="15" t="s">
+      <c r="AM3" s="29" t="s">
         <v>30</v>
       </c>
-      <c r="AN3" s="15" t="s">
+      <c r="AN3" s="29" t="s">
         <v>18</v>
       </c>
-      <c r="AO3" s="13" t="s">
+      <c r="AO3" s="31" t="s">
         <v>9</v>
       </c>
-      <c r="AP3" s="13" t="s">
+      <c r="AP3" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="AQ3" s="13" t="s">
+      <c r="AQ3" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="AR3" s="13" t="s">
+      <c r="AR3" s="31" t="s">
         <v>28</v>
       </c>
-      <c r="AS3" s="13" t="s">
+      <c r="AS3" s="31" t="s">
         <v>29</v>
       </c>
-      <c r="AT3" s="13" t="s">
+      <c r="AT3" s="31" t="s">
         <v>30</v>
       </c>
-      <c r="AU3" s="13" t="s">
+      <c r="AU3" s="31" t="s">
         <v>18</v>
       </c>
       <c r="AV3" s="4" t="s">
         <v>31</v>
       </c>
-      <c r="AW3" s="11" t="s">
+      <c r="AW3" s="33" t="s">
         <v>32</v>
       </c>
-      <c r="AX3" s="11" t="s">
+      <c r="AX3" s="33" t="s">
         <v>14</v>
       </c>
-      <c r="AY3" s="11" t="s">
+      <c r="AY3" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="AZ3" s="11" t="s">
+      <c r="AZ3" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="BA3" s="11" t="s">
+      <c r="BA3" s="33" t="s">
         <v>16</v>
       </c>
-      <c r="BB3" s="11" t="s">
+      <c r="BB3" s="33" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="4" spans="1:54" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="21" t="s">
+    <row r="4" spans="1:54" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="25" t="s">
         <v>8</v>
       </c>
-      <c r="B4" s="22"/>
-[...1 lines deleted...]
-      <c r="D4" s="18"/>
+      <c r="B4" s="26"/>
+      <c r="C4" s="28"/>
+      <c r="D4" s="28"/>
       <c r="E4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="18"/>
-[...4 lines deleted...]
-      <c r="K4" s="18"/>
+      <c r="F4" s="28"/>
+      <c r="G4" s="28"/>
+      <c r="H4" s="28"/>
+      <c r="I4" s="28"/>
+      <c r="J4" s="28"/>
+      <c r="K4" s="28"/>
       <c r="L4" s="3" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="N4" s="18"/>
+      <c r="N4" s="28"/>
       <c r="O4" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="P4" s="18"/>
-[...1 lines deleted...]
-      <c r="R4" s="18"/>
+      <c r="P4" s="28"/>
+      <c r="Q4" s="28"/>
+      <c r="R4" s="28"/>
       <c r="S4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="T4" s="16"/>
-[...26 lines deleted...]
-      <c r="AU4" s="14"/>
+      <c r="T4" s="30"/>
+      <c r="U4" s="30"/>
+      <c r="V4" s="30"/>
+      <c r="W4" s="30"/>
+      <c r="X4" s="30"/>
+      <c r="Y4" s="30"/>
+      <c r="Z4" s="30"/>
+      <c r="AA4" s="32"/>
+      <c r="AB4" s="32"/>
+      <c r="AC4" s="32"/>
+      <c r="AD4" s="32"/>
+      <c r="AE4" s="32"/>
+      <c r="AF4" s="32"/>
+      <c r="AG4" s="32"/>
+      <c r="AH4" s="30"/>
+      <c r="AI4" s="30"/>
+      <c r="AJ4" s="30"/>
+      <c r="AK4" s="30"/>
+      <c r="AL4" s="30"/>
+      <c r="AM4" s="30"/>
+      <c r="AN4" s="30"/>
+      <c r="AO4" s="32"/>
+      <c r="AP4" s="32"/>
+      <c r="AQ4" s="32"/>
+      <c r="AR4" s="32"/>
+      <c r="AS4" s="32"/>
+      <c r="AT4" s="32"/>
+      <c r="AU4" s="32"/>
       <c r="AV4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="AW4" s="12"/>
-[...4 lines deleted...]
-      <c r="BB4" s="12"/>
+      <c r="AW4" s="34"/>
+      <c r="AX4" s="34"/>
+      <c r="AY4" s="34"/>
+      <c r="AZ4" s="34"/>
+      <c r="BA4" s="34"/>
+      <c r="BB4" s="34"/>
     </row>
-    <row r="5" spans="1:54" ht="24.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="9">
+    <row r="5" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="35">
         <v>1</v>
       </c>
-      <c r="B5" s="10"/>
-      <c r="C5" s="7" t="s">
+      <c r="B5" s="36"/>
+      <c r="C5" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="D5" s="7" t="s">
+      <c r="D5" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="7" t="s">
+      <c r="E5" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="F5" s="7" t="s">
+      <c r="F5" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="G5" s="7" t="s">
+      <c r="G5" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="H5" s="7" t="s">
+      <c r="H5" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I5" s="7" t="s">
+      <c r="I5" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J5" s="7" t="s">
+      <c r="J5" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K5" s="8">
+      <c r="K5" s="7">
         <v>43132</v>
       </c>
-      <c r="L5" s="7" t="s">
+      <c r="L5" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M5" s="8">
+      <c r="M5" s="7">
         <v>40151</v>
       </c>
-      <c r="N5" s="7" t="s">
+      <c r="N5" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="O5" s="7" t="s">
-[...5 lines deleted...]
-      <c r="Q5" s="7" t="s">
+      <c r="O5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q5" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="R5" s="7" t="s">
+      <c r="R5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="S5" s="7">
+      <c r="S5" s="6">
         <v>1</v>
       </c>
-      <c r="T5" s="7" t="s">
+      <c r="T5" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="U5" s="7" t="s">
+      <c r="U5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="V5" s="7" t="s">
+      <c r="V5" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="W5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X5" s="7" t="s">
+      <c r="W5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X5" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="Y5" s="6"/>
-      <c r="Z5" s="8">
+      <c r="Y5" s="8"/>
+      <c r="Z5" s="7">
         <v>43165</v>
       </c>
-      <c r="AA5" s="7" t="s">
+      <c r="AA5" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AB5" s="7" t="s">
+      <c r="AB5" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AC5" s="7" t="s">
+      <c r="AC5" s="9" t="s">
         <v>42</v>
       </c>
-      <c r="AD5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE5" s="7" t="s">
+      <c r="AD5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE5" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AF5" s="6"/>
-      <c r="AG5" s="8">
+      <c r="AF5" s="8"/>
+      <c r="AG5" s="7">
         <v>43165</v>
       </c>
-      <c r="AH5" s="7" t="s">
+      <c r="AH5" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="AI5" s="7" t="s">
+      <c r="AI5" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="AJ5" s="7" t="s">
+      <c r="AJ5" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AK5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AL5" s="7" t="s">
+      <c r="AK5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL5" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="AM5" s="6"/>
-      <c r="AN5" s="8">
+      <c r="AM5" s="8"/>
+      <c r="AN5" s="7">
         <v>43165</v>
       </c>
-      <c r="AO5" s="7" t="s">
+      <c r="AO5" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AP5" s="7" t="s">
+      <c r="AP5" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="AQ5" s="7" t="s">
+      <c r="AQ5" s="6" t="s">
         <v>54</v>
       </c>
-      <c r="AR5" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AS5" s="7" t="s">
+      <c r="AR5" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS5" s="6" t="s">
         <v>58</v>
       </c>
-      <c r="AT5" s="6"/>
-      <c r="AU5" s="8">
+      <c r="AT5" s="8"/>
+      <c r="AU5" s="7">
         <v>43165</v>
       </c>
-      <c r="AV5" s="7">
+      <c r="AV5" s="6">
         <v>6</v>
       </c>
-      <c r="AW5" s="7" t="s">
+      <c r="AW5" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="AX5" s="7" t="s">
+      <c r="AX5" s="6" t="s">
         <v>60</v>
       </c>
-      <c r="AY5" s="7" t="s">
+      <c r="AY5" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="AZ5" s="7" t="s">
+      <c r="AZ5" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="BA5" s="7" t="s">
+      <c r="BA5" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="BB5" s="8">
+      <c r="BB5" s="7">
         <v>43132</v>
       </c>
     </row>
-    <row r="6" spans="1:54" ht="24.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="9">
+    <row r="6" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="35">
         <v>99</v>
       </c>
-      <c r="B6" s="10"/>
-      <c r="C6" s="7" t="s">
+      <c r="B6" s="36"/>
+      <c r="C6" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="D6" s="7" t="s">
+      <c r="D6" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="E6" s="7" t="s">
+      <c r="E6" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="F6" s="7" t="s">
+      <c r="F6" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="G6" s="7" t="s">
+      <c r="G6" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="H6" s="7" t="s">
+      <c r="H6" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="I6" s="7" t="s">
+      <c r="I6" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="J6" s="7" t="s">
+      <c r="J6" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="K6" s="8">
+      <c r="K6" s="7">
         <v>43593</v>
       </c>
-      <c r="L6" s="7" t="s">
+      <c r="L6" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="M6" s="8">
+      <c r="M6" s="7">
         <v>43593</v>
       </c>
-      <c r="N6" s="7" t="s">
+      <c r="N6" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="O6" s="7" t="s">
-[...5 lines deleted...]
-      <c r="Q6" s="7" t="s">
+      <c r="O6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q6" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="R6" s="7" t="s">
+      <c r="R6" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="S6" s="7">
+      <c r="S6" s="6">
         <v>1</v>
       </c>
-      <c r="T6" s="7" t="s">
+      <c r="T6" s="9" t="s">
         <v>72</v>
       </c>
-      <c r="U6" s="7" t="s">
+      <c r="U6" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="V6" s="7" t="s">
+      <c r="V6" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="W6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X6" s="7" t="s">
+      <c r="W6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X6" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="Y6" s="7" t="s">
+      <c r="Y6" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="Z6" s="8">
+      <c r="Z6" s="7">
         <v>44271</v>
       </c>
-      <c r="AA6" s="7" t="s">
+      <c r="AA6" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AB6" s="7" t="s">
+      <c r="AB6" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="AC6" s="7" t="s">
+      <c r="AC6" s="9" t="s">
         <v>76</v>
       </c>
-      <c r="AD6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE6" s="7" t="s">
+      <c r="AD6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE6" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AF6" s="7" t="s">
+      <c r="AF6" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AG6" s="8">
+      <c r="AG6" s="7">
         <v>44271</v>
       </c>
-      <c r="AH6" s="7" t="s">
+      <c r="AH6" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="AI6" s="7" t="s">
+      <c r="AI6" s="9" t="s">
         <v>73</v>
       </c>
-      <c r="AJ6" s="7" t="s">
+      <c r="AJ6" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AK6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AL6" s="7" t="s">
+      <c r="AK6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL6" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AM6" s="7" t="s">
+      <c r="AM6" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AN6" s="8">
+      <c r="AN6" s="7">
         <v>44271</v>
       </c>
-      <c r="AO6" s="7" t="s">
+      <c r="AO6" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="AP6" s="7" t="s">
+      <c r="AP6" s="9" t="s">
         <v>75</v>
       </c>
-      <c r="AQ6" s="7" t="s">
+      <c r="AQ6" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="AR6" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AS6" s="7" t="s">
+      <c r="AR6" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS6" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AT6" s="7" t="s">
+      <c r="AT6" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AU6" s="8">
+      <c r="AU6" s="7">
         <v>44271</v>
       </c>
-      <c r="AV6" s="7">
+      <c r="AV6" s="6">
         <v>120</v>
       </c>
-      <c r="AW6" s="7" t="s">
+      <c r="AW6" s="6" t="s">
         <v>77</v>
       </c>
-      <c r="AX6" s="7" t="s">
+      <c r="AX6" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="AY6" s="7" t="s">
+      <c r="AY6" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="AZ6" s="7" t="s">
+      <c r="AZ6" s="6" t="s">
         <v>80</v>
       </c>
-      <c r="BA6" s="7" t="s">
+      <c r="BA6" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="BB6" s="8">
+      <c r="BB6" s="7">
         <v>43609</v>
       </c>
     </row>
-    <row r="7" spans="1:54" ht="24.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="9">
+    <row r="7" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="35">
         <v>10</v>
       </c>
-      <c r="B7" s="10"/>
-      <c r="C7" s="7" t="s">
+      <c r="B7" s="36"/>
+      <c r="C7" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="D7" s="7" t="s">
+      <c r="D7" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="E7" s="7" t="s">
+      <c r="E7" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="F7" s="7" t="s">
+      <c r="F7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="G7" s="7" t="s">
+      <c r="G7" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="H7" s="7" t="s">
+      <c r="H7" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="I7" s="7" t="s">
+      <c r="I7" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="J7" s="7" t="s">
+      <c r="J7" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="K7" s="8">
+      <c r="K7" s="7">
         <v>43132</v>
       </c>
-      <c r="L7" s="7" t="s">
+      <c r="L7" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="M7" s="8">
+      <c r="M7" s="7">
         <v>42891</v>
       </c>
-      <c r="N7" s="7" t="s">
+      <c r="N7" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="O7" s="7" t="s">
+      <c r="O7" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="P7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="7" t="s">
+      <c r="P7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q7" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="R7" s="7" t="s">
+      <c r="R7" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="S7" s="7">
+      <c r="S7" s="6">
         <v>1</v>
       </c>
-      <c r="T7" s="7" t="s">
+      <c r="T7" s="9" t="s">
         <v>94</v>
       </c>
-      <c r="U7" s="7" t="s">
+      <c r="U7" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="V7" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="W7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X7" s="7" t="s">
+      <c r="W7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="Y7" s="6"/>
-      <c r="Z7" s="8">
+      <c r="Y7" s="8"/>
+      <c r="Z7" s="7">
         <v>44986</v>
       </c>
-      <c r="AA7" s="7" t="s">
-[...12 lines deleted...]
-      <c r="AH7" s="7" t="s">
+      <c r="AA7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB7" s="8"/>
+      <c r="AC7" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE7" s="8"/>
+      <c r="AF7" s="8"/>
+      <c r="AG7" s="8"/>
+      <c r="AH7" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AI7" s="7" t="s">
+      <c r="AI7" s="9" t="s">
         <v>99</v>
       </c>
-      <c r="AJ7" s="7" t="s">
+      <c r="AJ7" s="6" t="s">
         <v>91</v>
       </c>
-      <c r="AK7" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AL7" s="7" t="s">
+      <c r="AK7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL7" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="AM7" s="6"/>
-      <c r="AN7" s="8">
+      <c r="AM7" s="8"/>
+      <c r="AN7" s="7">
         <v>44986</v>
       </c>
-      <c r="AO7" s="7" t="s">
-[...12 lines deleted...]
-      <c r="AV7" s="7">
+      <c r="AO7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP7" s="8"/>
+      <c r="AQ7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS7" s="8"/>
+      <c r="AT7" s="8"/>
+      <c r="AU7" s="8"/>
+      <c r="AV7" s="6">
         <v>54</v>
       </c>
-      <c r="AW7" s="7" t="s">
+      <c r="AW7" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="AX7" s="7" t="s">
+      <c r="AX7" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="AY7" s="7" t="s">
+      <c r="AY7" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="AZ7" s="7" t="s">
+      <c r="AZ7" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="BA7" s="7" t="s">
+      <c r="BA7" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="BB7" s="8">
+      <c r="BB7" s="7">
         <v>43132</v>
       </c>
     </row>
-    <row r="8" spans="1:54" ht="24.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="9">
+    <row r="8" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="35">
         <v>5</v>
       </c>
-      <c r="B8" s="10"/>
-      <c r="C8" s="7" t="s">
+      <c r="B8" s="36"/>
+      <c r="C8" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="D8" s="7" t="s">
+      <c r="D8" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="E8" s="7" t="s">
+      <c r="E8" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="F8" s="7" t="s">
+      <c r="F8" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="G8" s="7" t="s">
+      <c r="G8" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="H8" s="7" t="s">
+      <c r="H8" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="I8" s="7" t="s">
+      <c r="I8" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="J8" s="7" t="s">
+      <c r="J8" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="K8" s="8">
+      <c r="K8" s="7">
         <v>43104</v>
       </c>
-      <c r="L8" s="7" t="s">
+      <c r="L8" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="M8" s="8">
+      <c r="M8" s="7">
         <v>43103</v>
       </c>
-      <c r="N8" s="7" t="s">
+      <c r="N8" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="O8" s="7" t="s">
-[...5 lines deleted...]
-      <c r="Q8" s="7" t="s">
+      <c r="O8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q8" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="R8" s="7" t="s">
+      <c r="R8" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="S8" s="7">
+      <c r="S8" s="6">
         <v>5</v>
       </c>
-      <c r="T8" s="7" t="s">
+      <c r="T8" s="9" t="s">
         <v>113</v>
       </c>
-      <c r="U8" s="7" t="s">
+      <c r="U8" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="V8" s="7" t="s">
+      <c r="V8" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="W8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="X8" s="7" t="s">
+      <c r="W8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X8" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="Y8" s="6"/>
-      <c r="Z8" s="8">
+      <c r="Y8" s="8"/>
+      <c r="Z8" s="7">
         <v>43809</v>
       </c>
-      <c r="AA8" s="7" t="s">
+      <c r="AA8" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="AB8" s="7" t="s">
+      <c r="AB8" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="AC8" s="7" t="s">
+      <c r="AC8" s="9" t="s">
         <v>119</v>
       </c>
-      <c r="AD8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AE8" s="7" t="s">
+      <c r="AD8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE8" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="AF8" s="6"/>
-      <c r="AG8" s="8">
+      <c r="AF8" s="8"/>
+      <c r="AG8" s="7">
         <v>43809</v>
       </c>
-      <c r="AH8" s="7" t="s">
+      <c r="AH8" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="AI8" s="7" t="s">
+      <c r="AI8" s="9" t="s">
         <v>114</v>
       </c>
-      <c r="AJ8" s="7" t="s">
+      <c r="AJ8" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="AK8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AL8" s="7" t="s">
+      <c r="AK8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL8" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="AM8" s="6"/>
-      <c r="AN8" s="8">
+      <c r="AM8" s="8"/>
+      <c r="AN8" s="7">
         <v>43809</v>
       </c>
-      <c r="AO8" s="7" t="s">
-[...12 lines deleted...]
-      <c r="AV8" s="7">
+      <c r="AO8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP8" s="8"/>
+      <c r="AQ8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR8" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS8" s="8"/>
+      <c r="AT8" s="8"/>
+      <c r="AU8" s="8"/>
+      <c r="AV8" s="6">
+        <v>143</v>
+      </c>
+      <c r="AW8" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="AX8" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="AY8" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AZ8" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="BA8" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB8" s="7">
+        <v>44814</v>
+      </c>
+    </row>
+    <row r="9" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="35">
+        <v>5</v>
+      </c>
+      <c r="B9" s="36"/>
+      <c r="C9" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D9" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E9" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J9" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K9" s="7">
+        <v>43104</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M9" s="7">
+        <v>43103</v>
+      </c>
+      <c r="N9" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="O9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q9" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="R9" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="S9" s="6">
+        <v>5</v>
+      </c>
+      <c r="T9" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="U9" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="V9" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X9" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y9" s="8"/>
+      <c r="Z9" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AA9" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB9" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC9" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE9" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AF9" s="8"/>
+      <c r="AG9" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AH9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI9" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ9" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL9" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM9" s="8"/>
+      <c r="AN9" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AO9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP9" s="8"/>
+      <c r="AQ9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR9" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS9" s="8"/>
+      <c r="AT9" s="8"/>
+      <c r="AU9" s="8"/>
+      <c r="AV9" s="6">
         <v>131</v>
       </c>
-      <c r="AW8" s="7" t="s">
+      <c r="AW9" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="AX8" s="7" t="s">
-[...2 lines deleted...]
-      <c r="AY8" s="7" t="s">
+      <c r="AX9" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="AY9" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="AZ9" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="BA9" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="BB9" s="7">
+        <v>44238</v>
+      </c>
+    </row>
+    <row r="10" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="35">
+        <v>5</v>
+      </c>
+      <c r="B10" s="36"/>
+      <c r="C10" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D10" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E10" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J10" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K10" s="7">
+        <v>43104</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M10" s="7">
+        <v>43103</v>
+      </c>
+      <c r="N10" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="O10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q10" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="R10" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="S10" s="6">
+        <v>5</v>
+      </c>
+      <c r="T10" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="U10" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="V10" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X10" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y10" s="8"/>
+      <c r="Z10" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AA10" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB10" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC10" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE10" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AF10" s="8"/>
+      <c r="AG10" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AH10" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI10" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ10" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL10" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM10" s="8"/>
+      <c r="AN10" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AO10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP10" s="8"/>
+      <c r="AQ10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR10" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS10" s="8"/>
+      <c r="AT10" s="8"/>
+      <c r="AU10" s="8"/>
+      <c r="AV10" s="6">
+        <v>104</v>
+      </c>
+      <c r="AW10" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AX10" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="AY10" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="AZ10" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="BA10" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB10" s="7">
+        <v>43104</v>
+      </c>
+    </row>
+    <row r="11" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="35">
+        <v>5</v>
+      </c>
+      <c r="B11" s="36"/>
+      <c r="C11" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E11" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J11" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K11" s="7">
+        <v>43104</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M11" s="7">
+        <v>43103</v>
+      </c>
+      <c r="N11" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="O11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q11" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="R11" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="S11" s="6">
+        <v>5</v>
+      </c>
+      <c r="T11" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="U11" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="V11" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X11" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y11" s="8"/>
+      <c r="Z11" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AA11" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB11" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC11" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE11" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AF11" s="8"/>
+      <c r="AG11" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AH11" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI11" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ11" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL11" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM11" s="8"/>
+      <c r="AN11" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AO11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP11" s="8"/>
+      <c r="AQ11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS11" s="8"/>
+      <c r="AT11" s="8"/>
+      <c r="AU11" s="8"/>
+      <c r="AV11" s="6">
+        <v>103</v>
+      </c>
+      <c r="AW11" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="AX11" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AY11" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="AZ11" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BA11" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="BB11" s="7">
+        <v>43104</v>
+      </c>
+    </row>
+    <row r="12" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="35">
+        <v>5</v>
+      </c>
+      <c r="B12" s="36"/>
+      <c r="C12" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J12" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K12" s="7">
+        <v>43104</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M12" s="7">
+        <v>43103</v>
+      </c>
+      <c r="N12" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="O12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q12" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="R12" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="S12" s="6">
+        <v>5</v>
+      </c>
+      <c r="T12" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="U12" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="V12" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="W12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X12" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="Y12" s="8"/>
+      <c r="Z12" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AA12" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="AB12" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="AC12" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="AD12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE12" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AF12" s="8"/>
+      <c r="AG12" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AH12" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="AI12" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="AJ12" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="AK12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL12" s="6" t="s">
+        <v>116</v>
+      </c>
+      <c r="AM12" s="8"/>
+      <c r="AN12" s="7">
+        <v>43809</v>
+      </c>
+      <c r="AO12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP12" s="8"/>
+      <c r="AQ12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR12" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS12" s="8"/>
+      <c r="AT12" s="8"/>
+      <c r="AU12" s="8"/>
+      <c r="AV12" s="6">
+        <v>105</v>
+      </c>
+      <c r="AW12" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AX12" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="AY12" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="AZ12" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="BA12" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="BB12" s="7">
+        <v>43800</v>
+      </c>
+    </row>
+    <row r="13" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="35">
+        <v>7</v>
+      </c>
+      <c r="B13" s="36"/>
+      <c r="C13" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="E13" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="J13" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="K13" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="M13" s="7">
+        <v>40946</v>
+      </c>
+      <c r="N13" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="O13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q13" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="R13" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="S13" s="6">
+        <v>1</v>
+      </c>
+      <c r="T13" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="U13" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="V13" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="W13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X13" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y13" s="8"/>
+      <c r="Z13" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AA13" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AB13" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="AC13" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE13" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AF13" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="AG13" s="7">
+        <v>44474</v>
+      </c>
+      <c r="AH13" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="AI13" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="AJ13" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="AK13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL13" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="AM13" s="8"/>
+      <c r="AN13" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AO13" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="AP13" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="AQ13" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="AR13" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS13" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="AT13" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="AU13" s="7">
+        <v>44474</v>
+      </c>
+      <c r="AV13" s="6">
+        <v>148</v>
+      </c>
+      <c r="AW13" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="AX13" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="AY13" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AZ13" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="BA13" s="6" t="s">
+        <v>152</v>
+      </c>
+      <c r="BB13" s="7">
+        <v>45931</v>
+      </c>
+    </row>
+    <row r="14" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="35">
+        <v>8</v>
+      </c>
+      <c r="B14" s="36"/>
+      <c r="C14" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E14" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J14" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="K14" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M14" s="7">
+        <v>43161</v>
+      </c>
+      <c r="N14" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="O14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P14" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q14" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="R14" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="S14" s="6">
+        <v>4</v>
+      </c>
+      <c r="T14" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="U14" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="V14" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="W14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X14" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="Y14" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z14" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AA14" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AB14" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC14" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="AD14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE14" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF14" s="8"/>
+      <c r="AG14" s="7">
+        <v>44722</v>
+      </c>
+      <c r="AH14" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI14" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AJ14" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AK14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL14" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AM14" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AN14" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AO14" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP14" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ14" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="AR14" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS14" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT14" s="8"/>
+      <c r="AU14" s="7">
+        <v>44718</v>
+      </c>
+      <c r="AV14" s="6">
+        <v>25</v>
+      </c>
+      <c r="AW14" s="6" t="s">
+        <v>171</v>
+      </c>
+      <c r="AX14" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="AY14" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="AZ14" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="BA14" s="6" t="s">
+        <v>173</v>
+      </c>
+      <c r="BB14" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="15" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="35">
+        <v>8</v>
+      </c>
+      <c r="B15" s="36"/>
+      <c r="C15" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E15" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J15" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="K15" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M15" s="7">
+        <v>43161</v>
+      </c>
+      <c r="N15" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="O15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P15" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q15" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="R15" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="S15" s="6">
+        <v>4</v>
+      </c>
+      <c r="T15" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="U15" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="V15" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="W15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X15" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="Y15" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z15" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AA15" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AB15" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC15" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="AD15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE15" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF15" s="8"/>
+      <c r="AG15" s="7">
+        <v>44722</v>
+      </c>
+      <c r="AH15" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI15" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AJ15" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AK15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL15" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AM15" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AN15" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AO15" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP15" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ15" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="AR15" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS15" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT15" s="8"/>
+      <c r="AU15" s="7">
+        <v>44718</v>
+      </c>
+      <c r="AV15" s="6">
+        <v>30</v>
+      </c>
+      <c r="AW15" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="AX15" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="AY15" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="AZ15" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="BA15" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="BB15" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="16" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="35">
+        <v>8</v>
+      </c>
+      <c r="B16" s="36"/>
+      <c r="C16" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E16" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="K16" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M16" s="7">
+        <v>43161</v>
+      </c>
+      <c r="N16" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="O16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P16" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q16" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="R16" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="S16" s="6">
+        <v>4</v>
+      </c>
+      <c r="T16" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="U16" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="V16" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="W16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X16" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="Y16" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z16" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AA16" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AB16" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC16" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="AD16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE16" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF16" s="8"/>
+      <c r="AG16" s="7">
+        <v>44722</v>
+      </c>
+      <c r="AH16" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI16" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AJ16" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AK16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL16" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AM16" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AN16" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AO16" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP16" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ16" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="AR16" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS16" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT16" s="8"/>
+      <c r="AU16" s="7">
+        <v>44718</v>
+      </c>
+      <c r="AV16" s="6">
+        <v>31</v>
+      </c>
+      <c r="AW16" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="AX16" s="6" t="s">
+        <v>180</v>
+      </c>
+      <c r="AY16" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="AZ16" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="BA16" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="BB16" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="17" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="35">
+        <v>8</v>
+      </c>
+      <c r="B17" s="36"/>
+      <c r="C17" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E17" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>156</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="J17" s="6" t="s">
+        <v>158</v>
+      </c>
+      <c r="K17" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="M17" s="7">
+        <v>43161</v>
+      </c>
+      <c r="N17" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="O17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P17" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q17" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="R17" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="S17" s="6">
+        <v>4</v>
+      </c>
+      <c r="T17" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="U17" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="V17" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="W17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X17" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="Y17" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z17" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AA17" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AB17" s="6" t="s">
+        <v>168</v>
+      </c>
+      <c r="AC17" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="AD17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE17" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AF17" s="8"/>
+      <c r="AG17" s="7">
+        <v>44722</v>
+      </c>
+      <c r="AH17" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="AI17" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="AJ17" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="AK17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL17" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="AM17" s="6" t="s">
+        <v>162</v>
+      </c>
+      <c r="AN17" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AO17" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="AP17" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="AQ17" s="6" t="s">
+        <v>169</v>
+      </c>
+      <c r="AR17" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS17" s="6" t="s">
+        <v>170</v>
+      </c>
+      <c r="AT17" s="8"/>
+      <c r="AU17" s="7">
+        <v>44718</v>
+      </c>
+      <c r="AV17" s="6">
+        <v>125</v>
+      </c>
+      <c r="AW17" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="AX17" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="AY17" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="AZ17" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="BA17" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="BB17" s="7">
+        <v>44075</v>
+      </c>
+    </row>
+    <row r="18" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="35">
+        <v>9</v>
+      </c>
+      <c r="B18" s="36"/>
+      <c r="C18" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="D18" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E18" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>193</v>
+      </c>
+      <c r="J18" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="K18" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L18" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M18" s="7">
+        <v>42795</v>
+      </c>
+      <c r="N18" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="O18" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="P18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q18" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="R18" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="S18" s="6">
+        <v>1</v>
+      </c>
+      <c r="T18" s="9" t="s">
+        <v>200</v>
+      </c>
+      <c r="U18" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="V18" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="W18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X18" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="Y18" s="8"/>
+      <c r="Z18" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AA18" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="AB18" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="AC18" s="9" t="s">
+        <v>205</v>
+      </c>
+      <c r="AD18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE18" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="AF18" s="8"/>
+      <c r="AG18" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AH18" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="AI18" s="9" t="s">
+        <v>201</v>
+      </c>
+      <c r="AJ18" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="AK18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL18" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="AM18" s="8"/>
+      <c r="AN18" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AO18" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="AP18" s="9" t="s">
+        <v>204</v>
+      </c>
+      <c r="AQ18" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="AR18" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS18" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="AT18" s="8"/>
+      <c r="AU18" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AV18" s="6">
+        <v>69</v>
+      </c>
+      <c r="AW18" s="6" t="s">
+        <v>207</v>
+      </c>
+      <c r="AX18" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="AY18" s="6" t="s">
+        <v>209</v>
+      </c>
+      <c r="AZ18" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="BA18" s="6" t="s">
+        <v>210</v>
+      </c>
+      <c r="BB18" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="19" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="35">
+        <v>22</v>
+      </c>
+      <c r="B19" s="36"/>
+      <c r="C19" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="D19" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E19" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J19" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="K19" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M19" s="8"/>
+      <c r="N19" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="O19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P19" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q19" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="R19" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="S19" s="6">
+        <v>2</v>
+      </c>
+      <c r="T19" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="U19" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="V19" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="W19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X19" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y19" s="8"/>
+      <c r="Z19" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AA19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB19" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AC19" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE19" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="AF19" s="8"/>
+      <c r="AG19" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH19" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="AI19" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="AJ19" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="AK19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL19" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="AM19" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AN19" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AO19" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AP19" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="AQ19" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="AR19" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS19" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="AT19" s="8"/>
+      <c r="AU19" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AV19" s="6">
+        <v>21</v>
+      </c>
+      <c r="AW19" s="6" t="s">
+        <v>230</v>
+      </c>
+      <c r="AX19" s="6" t="s">
+        <v>231</v>
+      </c>
+      <c r="AY19" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="AZ19" s="6" t="s">
+        <v>233</v>
+      </c>
+      <c r="BA19" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="BB19" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="20" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="35">
+        <v>22</v>
+      </c>
+      <c r="B20" s="36"/>
+      <c r="C20" s="6" t="s">
+        <v>211</v>
+      </c>
+      <c r="D20" s="6" t="s">
+        <v>212</v>
+      </c>
+      <c r="E20" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J20" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="K20" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M20" s="8"/>
+      <c r="N20" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="O20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P20" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q20" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="R20" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="S20" s="6">
+        <v>2</v>
+      </c>
+      <c r="T20" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="U20" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="V20" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="W20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X20" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="Y20" s="8"/>
+      <c r="Z20" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AA20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB20" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="AC20" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="AD20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE20" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="AF20" s="8"/>
+      <c r="AG20" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH20" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="AI20" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="AJ20" s="6" t="s">
+        <v>229</v>
+      </c>
+      <c r="AK20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL20" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="AM20" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="AN20" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AO20" s="6" t="s">
+        <v>220</v>
+      </c>
+      <c r="AP20" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="AQ20" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="AR20" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS20" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="AT20" s="8"/>
+      <c r="AU20" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AV20" s="6">
+        <v>20</v>
+      </c>
+      <c r="AW20" s="6" t="s">
+        <v>235</v>
+      </c>
+      <c r="AX20" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="AY20" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="AZ20" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="BA20" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="BB20" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="21" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="35">
+        <v>6</v>
+      </c>
+      <c r="B21" s="36"/>
+      <c r="C21" s="6" t="s">
+        <v>238</v>
+      </c>
+      <c r="D21" s="6" t="s">
+        <v>239</v>
+      </c>
+      <c r="E21" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>240</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>243</v>
+      </c>
+      <c r="K21" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L21" s="6" t="s">
+        <v>244</v>
+      </c>
+      <c r="M21" s="7">
+        <v>35285</v>
+      </c>
+      <c r="N21" s="6" t="s">
+        <v>245</v>
+      </c>
+      <c r="O21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P21" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q21" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="R21" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="S21" s="6">
+        <v>1</v>
+      </c>
+      <c r="T21" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="U21" s="6" t="s">
+        <v>250</v>
+      </c>
+      <c r="V21" s="6" t="s">
+        <v>251</v>
+      </c>
+      <c r="W21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X21" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="Y21" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="Z21" s="7">
+        <v>43860</v>
+      </c>
+      <c r="AA21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB21" s="8"/>
+      <c r="AC21" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE21" s="8"/>
+      <c r="AF21" s="8"/>
+      <c r="AG21" s="8"/>
+      <c r="AH21" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="AI21" s="9" t="s">
+        <v>254</v>
+      </c>
+      <c r="AJ21" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="AK21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL21" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="AM21" s="6" t="s">
+        <v>248</v>
+      </c>
+      <c r="AN21" s="7">
+        <v>44826</v>
+      </c>
+      <c r="AO21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP21" s="8"/>
+      <c r="AQ21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR21" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS21" s="8"/>
+      <c r="AT21" s="8"/>
+      <c r="AU21" s="8"/>
+      <c r="AV21" s="6">
+        <v>23</v>
+      </c>
+      <c r="AW21" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="AX21" s="6" t="s">
+        <v>257</v>
+      </c>
+      <c r="AY21" s="6" t="s">
+        <v>258</v>
+      </c>
+      <c r="AZ21" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="BA21" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BB21" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="22" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="35">
+        <v>34</v>
+      </c>
+      <c r="B22" s="36"/>
+      <c r="C22" s="6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D22" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E22" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F22" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="I22" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="J22" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="K22" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L22" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M22" s="8"/>
+      <c r="N22" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="O22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q22" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="R22" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="S22" s="6">
+        <v>1</v>
+      </c>
+      <c r="T22" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="U22" s="6" t="s">
+        <v>271</v>
+      </c>
+      <c r="V22" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="W22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X22" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="Y22" s="8"/>
+      <c r="Z22" s="7">
+        <v>44691</v>
+      </c>
+      <c r="AA22" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="AB22" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="AC22" s="9" t="s">
+        <v>275</v>
+      </c>
+      <c r="AD22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE22" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="AF22" s="8"/>
+      <c r="AG22" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AH22" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="AI22" s="9" t="s">
+        <v>271</v>
+      </c>
+      <c r="AJ22" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="AK22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL22" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="AM22" s="8"/>
+      <c r="AN22" s="7">
+        <v>44691</v>
+      </c>
+      <c r="AO22" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="AP22" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="AQ22" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="AR22" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS22" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="AT22" s="8"/>
+      <c r="AU22" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AV22" s="6">
+        <v>58</v>
+      </c>
+      <c r="AW22" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="AX22" s="6" t="s">
+        <v>278</v>
+      </c>
+      <c r="AY22" s="6" t="s">
+        <v>265</v>
+      </c>
+      <c r="AZ22" s="6" t="s">
+        <v>263</v>
+      </c>
+      <c r="BA22" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="BB22" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="23" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="35">
+        <v>97</v>
+      </c>
+      <c r="B23" s="36"/>
+      <c r="C23" s="6" t="s">
+        <v>280</v>
+      </c>
+      <c r="D23" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="E23" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F23" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>283</v>
+      </c>
+      <c r="I23" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="K23" s="7">
+        <v>43293</v>
+      </c>
+      <c r="L23" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="M23" s="7">
+        <v>43293</v>
+      </c>
+      <c r="N23" s="6" t="s">
+        <v>287</v>
+      </c>
+      <c r="O23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q23" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="R23" s="6" t="s">
+        <v>289</v>
+      </c>
+      <c r="S23" s="6">
+        <v>1</v>
+      </c>
+      <c r="T23" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="U23" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="V23" s="6" t="s">
+        <v>291</v>
+      </c>
+      <c r="W23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X23" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="Y23" s="8"/>
+      <c r="Z23" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AA23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB23" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="AC23" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="AD23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE23" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="AF23" s="8"/>
+      <c r="AG23" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH23" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="AI23" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="AJ23" s="6" t="s">
+        <v>298</v>
+      </c>
+      <c r="AK23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL23" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="AM23" s="8"/>
+      <c r="AN23" s="7">
+        <v>43434</v>
+      </c>
+      <c r="AO23" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="AP23" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="AQ23" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="AR23" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS23" s="6" t="s">
+        <v>302</v>
+      </c>
+      <c r="AT23" s="8"/>
+      <c r="AU23" s="7">
+        <v>43434</v>
+      </c>
+      <c r="AV23" s="6">
+        <v>119</v>
+      </c>
+      <c r="AW23" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="AX23" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="AY23" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="AZ23" s="6" t="s">
+        <v>306</v>
+      </c>
+      <c r="BA23" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="BB23" s="7">
+        <v>43434</v>
+      </c>
+    </row>
+    <row r="24" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="35">
+        <v>108</v>
+      </c>
+      <c r="B24" s="36"/>
+      <c r="C24" s="6" t="s">
+        <v>308</v>
+      </c>
+      <c r="D24" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="E24" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F24" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="I24" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="K24" s="7">
+        <v>43726</v>
+      </c>
+      <c r="L24" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="M24" s="7">
+        <v>2958465</v>
+      </c>
+      <c r="N24" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="O24" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="P24" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q24" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="R24" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="S24" s="6">
+        <v>1</v>
+      </c>
+      <c r="T24" s="9" t="s">
+        <v>320</v>
+      </c>
+      <c r="U24" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="V24" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="W24" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X24" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="Y24" s="8"/>
+      <c r="Z24" s="7">
+        <v>44622</v>
+      </c>
+      <c r="AA24" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="AB24" s="6" t="s">
+        <v>325</v>
+      </c>
+      <c r="AC24" s="9" t="s">
+        <v>326</v>
+      </c>
+      <c r="AD24" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE24" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="AF24" s="8"/>
+      <c r="AG24" s="7">
+        <v>44622</v>
+      </c>
+      <c r="AH24" s="6" t="s">
+        <v>320</v>
+      </c>
+      <c r="AI24" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="AJ24" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="AK24" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL24" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="AM24" s="8"/>
+      <c r="AN24" s="7">
+        <v>44622</v>
+      </c>
+      <c r="AO24" s="6" t="s">
+        <v>324</v>
+      </c>
+      <c r="AP24" s="9" t="s">
+        <v>325</v>
+      </c>
+      <c r="AQ24" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="AR24" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS24" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="AT24" s="8"/>
+      <c r="AU24" s="7">
+        <v>44622</v>
+      </c>
+      <c r="AV24" s="6">
+        <v>138</v>
+      </c>
+      <c r="AW24" s="6" t="s">
+        <v>328</v>
+      </c>
+      <c r="AX24" s="6" t="s">
+        <v>329</v>
+      </c>
+      <c r="AY24" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="AZ24" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="BA24" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="BB24" s="7">
+        <v>44622</v>
+      </c>
+    </row>
+    <row r="25" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="35">
+        <v>95</v>
+      </c>
+      <c r="B25" s="36"/>
+      <c r="C25" s="6" t="s">
+        <v>331</v>
+      </c>
+      <c r="D25" s="6" t="s">
+        <v>332</v>
+      </c>
+      <c r="E25" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F25" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>333</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="I25" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="J25" s="6" t="s">
+        <v>336</v>
+      </c>
+      <c r="K25" s="7">
+        <v>43286</v>
+      </c>
+      <c r="L25" s="6" t="s">
+        <v>337</v>
+      </c>
+      <c r="M25" s="7">
+        <v>42892</v>
+      </c>
+      <c r="N25" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="O25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q25" s="6" t="s">
+        <v>339</v>
+      </c>
+      <c r="R25" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="S25" s="6">
+        <v>1</v>
+      </c>
+      <c r="T25" s="9" t="s">
+        <v>341</v>
+      </c>
+      <c r="U25" s="6" t="s">
+        <v>342</v>
+      </c>
+      <c r="V25" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="W25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X25" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="Y25" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="Z25" s="7">
+        <v>45131</v>
+      </c>
+      <c r="AA25" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="AB25" s="6" t="s">
+        <v>345</v>
+      </c>
+      <c r="AC25" s="9" t="s">
+        <v>346</v>
+      </c>
+      <c r="AD25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE25" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="AF25" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="AG25" s="7">
+        <v>45131</v>
+      </c>
+      <c r="AH25" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="AI25" s="9" t="s">
+        <v>342</v>
+      </c>
+      <c r="AJ25" s="6" t="s">
+        <v>338</v>
+      </c>
+      <c r="AK25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL25" s="6" t="s">
+        <v>343</v>
+      </c>
+      <c r="AM25" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="AN25" s="7">
+        <v>45131</v>
+      </c>
+      <c r="AO25" s="6" t="s">
+        <v>344</v>
+      </c>
+      <c r="AP25" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="AQ25" s="6" t="s">
+        <v>346</v>
+      </c>
+      <c r="AR25" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS25" s="6" t="s">
+        <v>347</v>
+      </c>
+      <c r="AT25" s="6" t="s">
+        <v>340</v>
+      </c>
+      <c r="AU25" s="7">
+        <v>45131</v>
+      </c>
+      <c r="AV25" s="6">
+        <v>146</v>
+      </c>
+      <c r="AW25" s="6" t="s">
+        <v>348</v>
+      </c>
+      <c r="AX25" s="6" t="s">
+        <v>349</v>
+      </c>
+      <c r="AY25" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="AZ25" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="BA25" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="BB25" s="7">
+        <v>44197</v>
+      </c>
+    </row>
+    <row r="26" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="35">
+        <v>13</v>
+      </c>
+      <c r="B26" s="36"/>
+      <c r="C26" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="D26" s="6" t="s">
+        <v>352</v>
+      </c>
+      <c r="E26" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F26" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G26" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="H26" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="I26" s="6" t="s">
+        <v>355</v>
+      </c>
+      <c r="J26" s="6" t="s">
+        <v>356</v>
+      </c>
+      <c r="K26" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="M26" s="7">
+        <v>43194</v>
+      </c>
+      <c r="N26" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="O26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q26" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="R26" s="6" t="s">
+        <v>360</v>
+      </c>
+      <c r="S26" s="6">
+        <v>1</v>
+      </c>
+      <c r="T26" s="9" t="s">
+        <v>361</v>
+      </c>
+      <c r="U26" s="6" t="s">
+        <v>362</v>
+      </c>
+      <c r="V26" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="W26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X26" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="Y26" s="8"/>
+      <c r="Z26" s="7">
+        <v>43210</v>
+      </c>
+      <c r="AA26" s="6" t="s">
+        <v>365</v>
+      </c>
+      <c r="AB26" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="AC26" s="9" t="s">
+        <v>367</v>
+      </c>
+      <c r="AD26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE26" s="6" t="s">
+        <v>368</v>
+      </c>
+      <c r="AF26" s="8"/>
+      <c r="AG26" s="7">
+        <v>43210</v>
+      </c>
+      <c r="AH26" s="6" t="s">
+        <v>369</v>
+      </c>
+      <c r="AI26" s="9" t="s">
+        <v>370</v>
+      </c>
+      <c r="AJ26" s="6" t="s">
+        <v>358</v>
+      </c>
+      <c r="AK26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL26" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="AM26" s="8"/>
+      <c r="AN26" s="7">
+        <v>44754</v>
+      </c>
+      <c r="AO26" s="6" t="s">
+        <v>361</v>
+      </c>
+      <c r="AP26" s="9" t="s">
+        <v>362</v>
+      </c>
+      <c r="AQ26" s="6" t="s">
+        <v>363</v>
+      </c>
+      <c r="AR26" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS26" s="6" t="s">
+        <v>364</v>
+      </c>
+      <c r="AT26" s="8"/>
+      <c r="AU26" s="7">
+        <v>44754</v>
+      </c>
+      <c r="AV26" s="6">
+        <v>86</v>
+      </c>
+      <c r="AW26" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="AX26" s="6" t="s">
+        <v>372</v>
+      </c>
+      <c r="AY26" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="AZ26" s="6" t="s">
+        <v>374</v>
+      </c>
+      <c r="BA26" s="6" t="s">
+        <v>354</v>
+      </c>
+      <c r="BB26" s="7">
+        <v>43210</v>
+      </c>
+    </row>
+    <row r="27" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="35">
+        <v>112</v>
+      </c>
+      <c r="B27" s="36"/>
+      <c r="C27" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="D27" s="6" t="s">
+        <v>376</v>
+      </c>
+      <c r="E27" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G27" s="6" t="s">
+        <v>377</v>
+      </c>
+      <c r="H27" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I27" s="6" t="s">
+        <v>379</v>
+      </c>
+      <c r="J27" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="K27" s="7">
+        <v>45446</v>
+      </c>
+      <c r="L27" s="6" t="s">
+        <v>381</v>
+      </c>
+      <c r="M27" s="7">
+        <v>44812</v>
+      </c>
+      <c r="N27" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="O27" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="P27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q27" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="R27" s="6" t="s">
+        <v>385</v>
+      </c>
+      <c r="S27" s="6">
+        <v>1</v>
+      </c>
+      <c r="T27" s="9" t="s">
+        <v>386</v>
+      </c>
+      <c r="U27" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="V27" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="W27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X27" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="Y27" s="8"/>
+      <c r="Z27" s="7">
+        <v>45411</v>
+      </c>
+      <c r="AA27" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="AB27" s="6" t="s">
+        <v>391</v>
+      </c>
+      <c r="AC27" s="9" t="s">
+        <v>382</v>
+      </c>
+      <c r="AD27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE27" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="AF27" s="8"/>
+      <c r="AG27" s="7">
+        <v>45411</v>
+      </c>
+      <c r="AH27" s="6" t="s">
+        <v>386</v>
+      </c>
+      <c r="AI27" s="9" t="s">
+        <v>387</v>
+      </c>
+      <c r="AJ27" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="AK27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL27" s="6" t="s">
+        <v>389</v>
+      </c>
+      <c r="AM27" s="8"/>
+      <c r="AN27" s="7">
+        <v>45411</v>
+      </c>
+      <c r="AO27" s="6" t="s">
+        <v>390</v>
+      </c>
+      <c r="AP27" s="9" t="s">
+        <v>391</v>
+      </c>
+      <c r="AQ27" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="AR27" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS27" s="6" t="s">
+        <v>384</v>
+      </c>
+      <c r="AT27" s="8"/>
+      <c r="AU27" s="7">
+        <v>45411</v>
+      </c>
+      <c r="AV27" s="6">
+        <v>147</v>
+      </c>
+      <c r="AW27" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="AX27" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="AY27" s="6" t="s">
+        <v>380</v>
+      </c>
+      <c r="AZ27" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="BA27" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="BB27" s="7">
+        <v>45328</v>
+      </c>
+    </row>
+    <row r="28" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="35">
+        <v>71</v>
+      </c>
+      <c r="B28" s="36"/>
+      <c r="C28" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="D28" s="6" t="s">
+        <v>396</v>
+      </c>
+      <c r="E28" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F28" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G28" s="6" t="s">
+        <v>397</v>
+      </c>
+      <c r="H28" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="I28" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="J28" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="K28" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M28" s="7">
+        <v>34674</v>
+      </c>
+      <c r="N28" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="O28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P28" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="Q28" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="R28" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="S28" s="6">
+        <v>1</v>
+      </c>
+      <c r="T28" s="9" t="s">
+        <v>402</v>
+      </c>
+      <c r="U28" s="6" t="s">
+        <v>403</v>
+      </c>
+      <c r="V28" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="W28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X28" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y28" s="8"/>
+      <c r="Z28" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AA28" s="6" t="s">
+        <v>404</v>
+      </c>
+      <c r="AB28" s="6" t="s">
+        <v>405</v>
+      </c>
+      <c r="AC28" s="9" t="s">
+        <v>406</v>
+      </c>
+      <c r="AD28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE28" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="AF28" s="8"/>
+      <c r="AG28" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AH28" s="6" t="s">
+        <v>402</v>
+      </c>
+      <c r="AI28" s="9" t="s">
+        <v>403</v>
+      </c>
+      <c r="AJ28" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="AK28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL28" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="AM28" s="8"/>
+      <c r="AN28" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AO28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP28" s="8"/>
+      <c r="AQ28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR28" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS28" s="8"/>
+      <c r="AT28" s="8"/>
+      <c r="AU28" s="8"/>
+      <c r="AV28" s="6">
+        <v>11</v>
+      </c>
+      <c r="AW28" s="6" t="s">
+        <v>407</v>
+      </c>
+      <c r="AX28" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="AY28" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="AZ28" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="BA28" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="BB28" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="29" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="35">
+        <v>16</v>
+      </c>
+      <c r="B29" s="36"/>
+      <c r="C29" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="D29" s="6" t="s">
+        <v>413</v>
+      </c>
+      <c r="E29" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F29" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G29" s="6" t="s">
+        <v>414</v>
+      </c>
+      <c r="H29" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="I29" s="6" t="s">
+        <v>416</v>
+      </c>
+      <c r="J29" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="K29" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>418</v>
+      </c>
+      <c r="M29" s="7">
+        <v>42054</v>
+      </c>
+      <c r="N29" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="O29" s="6" t="s">
+        <v>420</v>
+      </c>
+      <c r="P29" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="Q29" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="R29" s="6" t="s">
+        <v>423</v>
+      </c>
+      <c r="S29" s="6">
+        <v>1</v>
+      </c>
+      <c r="T29" s="9" t="s">
+        <v>424</v>
+      </c>
+      <c r="U29" s="6" t="s">
+        <v>425</v>
+      </c>
+      <c r="V29" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="W29" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X29" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="Y29" s="8"/>
+      <c r="Z29" s="7">
+        <v>44798</v>
+      </c>
+      <c r="AA29" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="AB29" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="AC29" s="9" t="s">
+        <v>428</v>
+      </c>
+      <c r="AD29" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE29" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="AF29" s="8"/>
+      <c r="AG29" s="7">
+        <v>44034</v>
+      </c>
+      <c r="AH29" s="6" t="s">
+        <v>424</v>
+      </c>
+      <c r="AI29" s="9" t="s">
+        <v>425</v>
+      </c>
+      <c r="AJ29" s="6" t="s">
+        <v>419</v>
+      </c>
+      <c r="AK29" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL29" s="6" t="s">
+        <v>422</v>
+      </c>
+      <c r="AM29" s="8"/>
+      <c r="AN29" s="7">
+        <v>44798</v>
+      </c>
+      <c r="AO29" s="6" t="s">
+        <v>426</v>
+      </c>
+      <c r="AP29" s="9" t="s">
+        <v>427</v>
+      </c>
+      <c r="AQ29" s="6" t="s">
+        <v>428</v>
+      </c>
+      <c r="AR29" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS29" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="AT29" s="8"/>
+      <c r="AU29" s="7">
+        <v>44034</v>
+      </c>
+      <c r="AV29" s="6">
+        <v>17</v>
+      </c>
+      <c r="AW29" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="AX29" s="6" t="s">
+        <v>431</v>
+      </c>
+      <c r="AY29" s="6" t="s">
+        <v>432</v>
+      </c>
+      <c r="AZ29" s="6" t="s">
+        <v>415</v>
+      </c>
+      <c r="BA29" s="6" t="s">
+        <v>433</v>
+      </c>
+      <c r="BB29" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="30" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="35">
+        <v>17</v>
+      </c>
+      <c r="B30" s="36"/>
+      <c r="C30" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="D30" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="E30" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F30" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G30" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="H30" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I30" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J30" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="K30" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M30" s="7">
+        <v>39142</v>
+      </c>
+      <c r="N30" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="O30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q30" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="R30" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="S30" s="6">
+        <v>2</v>
+      </c>
+      <c r="T30" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="U30" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="V30" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="W30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X30" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="Y30" s="8"/>
+      <c r="Z30" s="7">
+        <v>44684</v>
+      </c>
+      <c r="AA30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB30" s="8"/>
+      <c r="AC30" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE30" s="8"/>
+      <c r="AF30" s="8"/>
+      <c r="AG30" s="8"/>
+      <c r="AH30" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="AI30" s="9" t="s">
+        <v>442</v>
+      </c>
+      <c r="AJ30" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="AK30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL30" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="AM30" s="8"/>
+      <c r="AN30" s="7">
+        <v>44684</v>
+      </c>
+      <c r="AO30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP30" s="8"/>
+      <c r="AQ30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR30" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS30" s="8"/>
+      <c r="AT30" s="8"/>
+      <c r="AU30" s="8"/>
+      <c r="AV30" s="6">
+        <v>142</v>
+      </c>
+      <c r="AW30" s="6" t="s">
+        <v>444</v>
+      </c>
+      <c r="AX30" s="6" t="s">
+        <v>445</v>
+      </c>
+      <c r="AY30" s="6" t="s">
+        <v>446</v>
+      </c>
+      <c r="AZ30" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BA30" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BB30" s="7">
+        <v>44440</v>
+      </c>
+    </row>
+    <row r="31" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="35">
+        <v>17</v>
+      </c>
+      <c r="B31" s="36"/>
+      <c r="C31" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="D31" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="E31" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F31" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G31" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I31" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J31" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="K31" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M31" s="7">
+        <v>39142</v>
+      </c>
+      <c r="N31" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="O31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q31" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="R31" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="S31" s="6">
+        <v>2</v>
+      </c>
+      <c r="T31" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="U31" s="6" t="s">
+        <v>442</v>
+      </c>
+      <c r="V31" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="W31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X31" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="Y31" s="8"/>
+      <c r="Z31" s="7">
+        <v>44684</v>
+      </c>
+      <c r="AA31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB31" s="8"/>
+      <c r="AC31" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE31" s="8"/>
+      <c r="AF31" s="8"/>
+      <c r="AG31" s="8"/>
+      <c r="AH31" s="6" t="s">
+        <v>441</v>
+      </c>
+      <c r="AI31" s="9" t="s">
+        <v>442</v>
+      </c>
+      <c r="AJ31" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="AK31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL31" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="AM31" s="8"/>
+      <c r="AN31" s="7">
+        <v>44684</v>
+      </c>
+      <c r="AO31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP31" s="8"/>
+      <c r="AQ31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS31" s="8"/>
+      <c r="AT31" s="8"/>
+      <c r="AU31" s="8"/>
+      <c r="AV31" s="6">
+        <v>43</v>
+      </c>
+      <c r="AW31" s="6" t="s">
+        <v>447</v>
+      </c>
+      <c r="AX31" s="6" t="s">
+        <v>448</v>
+      </c>
+      <c r="AY31" s="6" t="s">
+        <v>449</v>
+      </c>
+      <c r="AZ31" s="6" t="s">
+        <v>450</v>
+      </c>
+      <c r="BA31" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="BB31" s="7">
+        <v>43129</v>
+      </c>
+    </row>
+    <row r="32" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="35">
+        <v>18</v>
+      </c>
+      <c r="B32" s="36"/>
+      <c r="C32" s="6" t="s">
+        <v>451</v>
+      </c>
+      <c r="D32" s="6" t="s">
+        <v>452</v>
+      </c>
+      <c r="E32" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F32" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G32" s="6" t="s">
+        <v>453</v>
+      </c>
+      <c r="H32" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="I32" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="J32" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="K32" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L32" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="M32" s="7">
+        <v>34745</v>
+      </c>
+      <c r="N32" s="6" t="s">
+        <v>458</v>
+      </c>
+      <c r="O32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P32" s="6" t="s">
+        <v>459</v>
+      </c>
+      <c r="Q32" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="R32" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="S32" s="6">
+        <v>1</v>
+      </c>
+      <c r="T32" s="9" t="s">
+        <v>462</v>
+      </c>
+      <c r="U32" s="6" t="s">
+        <v>463</v>
+      </c>
+      <c r="V32" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="W32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X32" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="Y32" s="8"/>
+      <c r="Z32" s="7">
+        <v>44720</v>
+      </c>
+      <c r="AA32" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="AB32" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="AC32" s="9" t="s">
+        <v>468</v>
+      </c>
+      <c r="AD32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE32" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="AF32" s="8"/>
+      <c r="AG32" s="7">
+        <v>44720</v>
+      </c>
+      <c r="AH32" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="AI32" s="9" t="s">
+        <v>470</v>
+      </c>
+      <c r="AJ32" s="6" t="s">
+        <v>464</v>
+      </c>
+      <c r="AK32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL32" s="6" t="s">
+        <v>465</v>
+      </c>
+      <c r="AM32" s="8"/>
+      <c r="AN32" s="7">
+        <v>44720</v>
+      </c>
+      <c r="AO32" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="AP32" s="9" t="s">
+        <v>467</v>
+      </c>
+      <c r="AQ32" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="AR32" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS32" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="AT32" s="8"/>
+      <c r="AU32" s="7">
+        <v>44720</v>
+      </c>
+      <c r="AV32" s="6">
+        <v>51</v>
+      </c>
+      <c r="AW32" s="6" t="s">
+        <v>471</v>
+      </c>
+      <c r="AX32" s="6" t="s">
+        <v>472</v>
+      </c>
+      <c r="AY32" s="6" t="s">
+        <v>456</v>
+      </c>
+      <c r="AZ32" s="6" t="s">
+        <v>454</v>
+      </c>
+      <c r="BA32" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="BB32" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="33" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="35">
+        <v>19</v>
+      </c>
+      <c r="B33" s="36"/>
+      <c r="C33" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="E33" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F33" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G33" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="H33" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="I33" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="J33" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="K33" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L33" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="M33" s="7">
+        <v>38664</v>
+      </c>
+      <c r="N33" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="O33" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="P33" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="Q33" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="R33" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="S33" s="6">
+        <v>2</v>
+      </c>
+      <c r="T33" s="9" t="s">
+        <v>486</v>
+      </c>
+      <c r="U33" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="V33" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="W33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X33" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="Y33" s="8"/>
+      <c r="Z33" s="7">
+        <v>45776</v>
+      </c>
+      <c r="AA33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB33" s="8"/>
+      <c r="AC33" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE33" s="8"/>
+      <c r="AF33" s="8"/>
+      <c r="AG33" s="8"/>
+      <c r="AH33" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="AI33" s="9" t="s">
+        <v>487</v>
+      </c>
+      <c r="AJ33" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="AK33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL33" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="AM33" s="8"/>
+      <c r="AN33" s="7">
+        <v>45776</v>
+      </c>
+      <c r="AO33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP33" s="8"/>
+      <c r="AQ33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR33" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS33" s="8"/>
+      <c r="AT33" s="8"/>
+      <c r="AU33" s="8"/>
+      <c r="AV33" s="6">
+        <v>71</v>
+      </c>
+      <c r="AW33" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="AX33" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="AY33" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="AZ33" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="BA33" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="BB33" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="34" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="35">
+        <v>19</v>
+      </c>
+      <c r="B34" s="36"/>
+      <c r="C34" s="6" t="s">
+        <v>474</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="E34" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F34" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G34" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="H34" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="I34" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="J34" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="K34" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="M34" s="7">
+        <v>38664</v>
+      </c>
+      <c r="N34" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="O34" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="P34" s="6" t="s">
+        <v>483</v>
+      </c>
+      <c r="Q34" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="R34" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="S34" s="6">
+        <v>2</v>
+      </c>
+      <c r="T34" s="9" t="s">
+        <v>486</v>
+      </c>
+      <c r="U34" s="6" t="s">
+        <v>487</v>
+      </c>
+      <c r="V34" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="W34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X34" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="Y34" s="8"/>
+      <c r="Z34" s="7">
+        <v>45776</v>
+      </c>
+      <c r="AA34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB34" s="8"/>
+      <c r="AC34" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE34" s="8"/>
+      <c r="AF34" s="8"/>
+      <c r="AG34" s="8"/>
+      <c r="AH34" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="AI34" s="9" t="s">
+        <v>487</v>
+      </c>
+      <c r="AJ34" s="6" t="s">
+        <v>482</v>
+      </c>
+      <c r="AK34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL34" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="AM34" s="8"/>
+      <c r="AN34" s="7">
+        <v>45776</v>
+      </c>
+      <c r="AO34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP34" s="8"/>
+      <c r="AQ34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR34" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS34" s="8"/>
+      <c r="AT34" s="8"/>
+      <c r="AU34" s="8"/>
+      <c r="AV34" s="6">
+        <v>70</v>
+      </c>
+      <c r="AW34" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="AX34" s="6" t="s">
+        <v>491</v>
+      </c>
+      <c r="AY34" s="6" t="s">
+        <v>492</v>
+      </c>
+      <c r="AZ34" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="BA34" s="6" t="s">
+        <v>493</v>
+      </c>
+      <c r="BB34" s="7">
+        <v>43507</v>
+      </c>
+    </row>
+    <row r="35" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="35">
+        <v>20</v>
+      </c>
+      <c r="B35" s="36"/>
+      <c r="C35" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="D35" s="6" t="s">
+        <v>495</v>
+      </c>
+      <c r="E35" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F35" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G35" s="6" t="s">
+        <v>496</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="J35" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="K35" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M35" s="8"/>
+      <c r="N35" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="O35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P35" s="6" t="s">
+        <v>501</v>
+      </c>
+      <c r="Q35" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="R35" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="S35" s="6">
+        <v>1</v>
+      </c>
+      <c r="T35" s="9" t="s">
+        <v>504</v>
+      </c>
+      <c r="U35" s="6" t="s">
+        <v>505</v>
+      </c>
+      <c r="V35" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="W35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X35" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="Y35" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="Z35" s="7">
+        <v>44707</v>
+      </c>
+      <c r="AA35" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="AB35" s="6" t="s">
+        <v>508</v>
+      </c>
+      <c r="AC35" s="9" t="s">
+        <v>500</v>
+      </c>
+      <c r="AD35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE35" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="AF35" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="AG35" s="7">
+        <v>44707</v>
+      </c>
+      <c r="AH35" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="AI35" s="9" t="s">
+        <v>505</v>
+      </c>
+      <c r="AJ35" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="AK35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL35" s="6" t="s">
+        <v>506</v>
+      </c>
+      <c r="AM35" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="AN35" s="7">
+        <v>44707</v>
+      </c>
+      <c r="AO35" s="6" t="s">
+        <v>507</v>
+      </c>
+      <c r="AP35" s="9" t="s">
+        <v>508</v>
+      </c>
+      <c r="AQ35" s="6" t="s">
+        <v>500</v>
+      </c>
+      <c r="AR35" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS35" s="6" t="s">
+        <v>502</v>
+      </c>
+      <c r="AT35" s="6" t="s">
+        <v>503</v>
+      </c>
+      <c r="AU35" s="7">
+        <v>44707</v>
+      </c>
+      <c r="AV35" s="6">
+        <v>57</v>
+      </c>
+      <c r="AW35" s="6" t="s">
+        <v>509</v>
+      </c>
+      <c r="AX35" s="6" t="s">
+        <v>510</v>
+      </c>
+      <c r="AY35" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="AZ35" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="BA35" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="BB35" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="36" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="35">
+        <v>21</v>
+      </c>
+      <c r="B36" s="36"/>
+      <c r="C36" s="6" t="s">
+        <v>511</v>
+      </c>
+      <c r="D36" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="E36" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F36" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G36" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="J36" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="K36" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M36" s="7">
+        <v>39142</v>
+      </c>
+      <c r="N36" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="O36" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P36" s="6" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q36" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="R36" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="S36" s="6">
+        <v>1</v>
+      </c>
+      <c r="T36" s="9" t="s">
+        <v>520</v>
+      </c>
+      <c r="U36" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="V36" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="W36" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X36" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="Y36" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="Z36" s="7">
+        <v>45903</v>
+      </c>
+      <c r="AA36" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="AB36" s="6" t="s">
+        <v>525</v>
+      </c>
+      <c r="AC36" s="9" t="s">
+        <v>526</v>
+      </c>
+      <c r="AD36" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE36" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="AF36" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="AG36" s="7">
+        <v>45440</v>
+      </c>
+      <c r="AH36" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="AI36" s="9" t="s">
+        <v>525</v>
+      </c>
+      <c r="AJ36" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="AK36" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL36" s="6" t="s">
+        <v>518</v>
+      </c>
+      <c r="AM36" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="AN36" s="7">
+        <v>45440</v>
+      </c>
+      <c r="AO36" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="AP36" s="9" t="s">
+        <v>521</v>
+      </c>
+      <c r="AQ36" s="6" t="s">
+        <v>522</v>
+      </c>
+      <c r="AR36" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS36" s="6" t="s">
+        <v>523</v>
+      </c>
+      <c r="AT36" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="AU36" s="7">
+        <v>45903</v>
+      </c>
+      <c r="AV36" s="6">
+        <v>46</v>
+      </c>
+      <c r="AW36" s="6" t="s">
+        <v>527</v>
+      </c>
+      <c r="AX36" s="6" t="s">
+        <v>528</v>
+      </c>
+      <c r="AY36" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="AZ36" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="BA36" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="BB36" s="7">
+        <v>43188</v>
+      </c>
+    </row>
+    <row r="37" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="35">
+        <v>15</v>
+      </c>
+      <c r="B37" s="36"/>
+      <c r="C37" s="6" t="s">
+        <v>529</v>
+      </c>
+      <c r="D37" s="6" t="s">
+        <v>530</v>
+      </c>
+      <c r="E37" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F37" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G37" s="6" t="s">
+        <v>531</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="I37" s="6" t="s">
+        <v>533</v>
+      </c>
+      <c r="J37" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="K37" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M37" s="7">
+        <v>43091</v>
+      </c>
+      <c r="N37" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="O37" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P37" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="Q37" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="R37" s="6" t="s">
+        <v>538</v>
+      </c>
+      <c r="S37" s="6">
+        <v>1</v>
+      </c>
+      <c r="T37" s="9" t="s">
+        <v>539</v>
+      </c>
+      <c r="U37" s="6" t="s">
+        <v>540</v>
+      </c>
+      <c r="V37" s="6" t="s">
+        <v>541</v>
+      </c>
+      <c r="W37" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X37" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="Y37" s="8"/>
+      <c r="Z37" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AA37" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="AB37" s="6" t="s">
+        <v>544</v>
+      </c>
+      <c r="AC37" s="9" t="s">
+        <v>545</v>
+      </c>
+      <c r="AD37" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE37" s="6" t="s">
+        <v>546</v>
+      </c>
+      <c r="AF37" s="8"/>
+      <c r="AG37" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH37" s="6" t="s">
+        <v>547</v>
+      </c>
+      <c r="AI37" s="9" t="s">
+        <v>548</v>
+      </c>
+      <c r="AJ37" s="6" t="s">
+        <v>549</v>
+      </c>
+      <c r="AK37" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL37" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="AM37" s="8"/>
+      <c r="AN37" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AO37" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="AP37" s="9" t="s">
+        <v>551</v>
+      </c>
+      <c r="AQ37" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="AR37" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS37" s="6" t="s">
+        <v>542</v>
+      </c>
+      <c r="AT37" s="8"/>
+      <c r="AU37" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AV37" s="6">
+        <v>52</v>
+      </c>
+      <c r="AW37" s="6" t="s">
+        <v>553</v>
+      </c>
+      <c r="AX37" s="6" t="s">
+        <v>554</v>
+      </c>
+      <c r="AY37" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="AZ37" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="BA37" s="6" t="s">
+        <v>532</v>
+      </c>
+      <c r="BB37" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="38" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="35">
+        <v>14</v>
+      </c>
+      <c r="B38" s="36"/>
+      <c r="C38" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="D38" s="6" t="s">
+        <v>558</v>
+      </c>
+      <c r="E38" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F38" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="H38" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="I38" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="J38" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="K38" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>563</v>
+      </c>
+      <c r="M38" s="7">
+        <v>40249</v>
+      </c>
+      <c r="N38" s="6" t="s">
+        <v>564</v>
+      </c>
+      <c r="O38" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P38" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="Q38" s="6" t="s">
+        <v>566</v>
+      </c>
+      <c r="R38" s="6" t="s">
+        <v>567</v>
+      </c>
+      <c r="S38" s="6">
+        <v>1</v>
+      </c>
+      <c r="T38" s="9" t="s">
+        <v>568</v>
+      </c>
+      <c r="U38" s="6" t="s">
+        <v>569</v>
+      </c>
+      <c r="V38" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="W38" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X38" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="Y38" s="8"/>
+      <c r="Z38" s="7">
+        <v>44166</v>
+      </c>
+      <c r="AA38" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="AB38" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="AC38" s="9" t="s">
+        <v>574</v>
+      </c>
+      <c r="AD38" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE38" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="AF38" s="8"/>
+      <c r="AG38" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH38" s="6" t="s">
+        <v>568</v>
+      </c>
+      <c r="AI38" s="9" t="s">
+        <v>569</v>
+      </c>
+      <c r="AJ38" s="6" t="s">
+        <v>570</v>
+      </c>
+      <c r="AK38" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL38" s="6" t="s">
+        <v>571</v>
+      </c>
+      <c r="AM38" s="8"/>
+      <c r="AN38" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AO38" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="AP38" s="9" t="s">
+        <v>573</v>
+      </c>
+      <c r="AQ38" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="AR38" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS38" s="6" t="s">
+        <v>575</v>
+      </c>
+      <c r="AT38" s="8"/>
+      <c r="AU38" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AV38" s="6">
+        <v>127</v>
+      </c>
+      <c r="AW38" s="6" t="s">
+        <v>576</v>
+      </c>
+      <c r="AX38" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="AY38" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="AZ38" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="BA38" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="BB38" s="7">
+        <v>44076</v>
+      </c>
+    </row>
+    <row r="39" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="35">
+        <v>11</v>
+      </c>
+      <c r="B39" s="36"/>
+      <c r="C39" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="D39" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="E39" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F39" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G39" s="6" t="s">
+        <v>580</v>
+      </c>
+      <c r="H39" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="I39" s="6" t="s">
+        <v>582</v>
+      </c>
+      <c r="J39" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="K39" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="M39" s="8"/>
+      <c r="N39" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="O39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P39" s="6" t="s">
+        <v>584</v>
+      </c>
+      <c r="Q39" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="R39" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="S39" s="6">
+        <v>1</v>
+      </c>
+      <c r="T39" s="9" t="s">
+        <v>587</v>
+      </c>
+      <c r="U39" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="V39" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="W39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X39" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="Y39" s="8"/>
+      <c r="Z39" s="7">
+        <v>45756</v>
+      </c>
+      <c r="AA39" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="AB39" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="AC39" s="9" t="s">
+        <v>592</v>
+      </c>
+      <c r="AD39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE39" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="AF39" s="8"/>
+      <c r="AG39" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH39" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="AI39" s="9" t="s">
+        <v>594</v>
+      </c>
+      <c r="AJ39" s="6" t="s">
+        <v>589</v>
+      </c>
+      <c r="AK39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL39" s="6" t="s">
+        <v>585</v>
+      </c>
+      <c r="AM39" s="8"/>
+      <c r="AN39" s="7">
+        <v>43189</v>
+      </c>
+      <c r="AO39" s="6" t="s">
+        <v>590</v>
+      </c>
+      <c r="AP39" s="9" t="s">
+        <v>591</v>
+      </c>
+      <c r="AQ39" s="6" t="s">
+        <v>592</v>
+      </c>
+      <c r="AR39" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS39" s="6" t="s">
+        <v>593</v>
+      </c>
+      <c r="AT39" s="8"/>
+      <c r="AU39" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AV39" s="6">
+        <v>18</v>
+      </c>
+      <c r="AW39" s="6" t="s">
+        <v>595</v>
+      </c>
+      <c r="AX39" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="AY39" s="6" t="s">
+        <v>583</v>
+      </c>
+      <c r="AZ39" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="BA39" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="BB39" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="40" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="35">
+        <v>23</v>
+      </c>
+      <c r="B40" s="36"/>
+      <c r="C40" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E40" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G40" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="H40" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="J40" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="K40" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L40" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="M40" s="7">
+        <v>38070</v>
+      </c>
+      <c r="N40" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="O40" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="P40" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q40" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="R40" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="S40" s="6">
+        <v>2</v>
+      </c>
+      <c r="T40" s="9" t="s">
+        <v>609</v>
+      </c>
+      <c r="U40" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="V40" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="W40" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X40" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="Y40" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="Z40" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AA40" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB40" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="AC40" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AD40" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE40" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="AF40" s="8"/>
+      <c r="AG40" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH40" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="AI40" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="AJ40" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="AK40" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL40" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="AM40" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="AN40" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AO40" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="AP40" s="9" t="s">
+        <v>614</v>
+      </c>
+      <c r="AQ40" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="AR40" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS40" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="AT40" s="8"/>
+      <c r="AU40" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AV40" s="6">
+        <v>56</v>
+      </c>
+      <c r="AW40" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="AX40" s="6" t="s">
+        <v>618</v>
+      </c>
+      <c r="AY40" s="6" t="s">
+        <v>619</v>
+      </c>
+      <c r="AZ40" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="BA40" s="6" t="s">
+        <v>620</v>
+      </c>
+      <c r="BB40" s="7">
+        <v>43203</v>
+      </c>
+    </row>
+    <row r="41" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="35">
+        <v>23</v>
+      </c>
+      <c r="B41" s="36"/>
+      <c r="C41" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="D41" s="6" t="s">
+        <v>598</v>
+      </c>
+      <c r="E41" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F41" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G41" s="6" t="s">
+        <v>599</v>
+      </c>
+      <c r="H41" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="I41" s="6" t="s">
+        <v>601</v>
+      </c>
+      <c r="J41" s="6" t="s">
+        <v>602</v>
+      </c>
+      <c r="K41" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="M41" s="7">
+        <v>38070</v>
+      </c>
+      <c r="N41" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="O41" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="P41" s="6" t="s">
+        <v>606</v>
+      </c>
+      <c r="Q41" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="R41" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="S41" s="6">
+        <v>2</v>
+      </c>
+      <c r="T41" s="9" t="s">
+        <v>609</v>
+      </c>
+      <c r="U41" s="6" t="s">
+        <v>610</v>
+      </c>
+      <c r="V41" s="6" t="s">
+        <v>605</v>
+      </c>
+      <c r="W41" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X41" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="Y41" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="Z41" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AA41" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB41" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="AC41" s="9" t="s">
+        <v>605</v>
+      </c>
+      <c r="AD41" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE41" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="AF41" s="8"/>
+      <c r="AG41" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH41" s="6" t="s">
+        <v>609</v>
+      </c>
+      <c r="AI41" s="9" t="s">
+        <v>610</v>
+      </c>
+      <c r="AJ41" s="6" t="s">
+        <v>604</v>
+      </c>
+      <c r="AK41" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL41" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="AM41" s="6" t="s">
+        <v>608</v>
+      </c>
+      <c r="AN41" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AO41" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="AP41" s="9" t="s">
+        <v>614</v>
+      </c>
+      <c r="AQ41" s="6" t="s">
+        <v>615</v>
+      </c>
+      <c r="AR41" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS41" s="6" t="s">
+        <v>616</v>
+      </c>
+      <c r="AT41" s="8"/>
+      <c r="AU41" s="7">
+        <v>43203</v>
+      </c>
+      <c r="AV41" s="6">
+        <v>55</v>
+      </c>
+      <c r="AW41" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="AX41" s="6" t="s">
+        <v>622</v>
+      </c>
+      <c r="AY41" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="AZ41" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="BA41" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="BB41" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="42" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="35">
+        <v>24</v>
+      </c>
+      <c r="B42" s="36"/>
+      <c r="C42" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="D42" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="E42" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F42" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G42" s="6" t="s">
+        <v>626</v>
+      </c>
+      <c r="H42" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="I42" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="J42" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="K42" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L42" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="M42" s="7">
+        <v>39142</v>
+      </c>
+      <c r="N42" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="O42" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="P42" s="6" t="s">
+        <v>632</v>
+      </c>
+      <c r="Q42" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="R42" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="S42" s="6">
+        <v>1</v>
+      </c>
+      <c r="T42" s="9" t="s">
+        <v>635</v>
+      </c>
+      <c r="U42" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="V42" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="W42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X42" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="Y42" s="8"/>
+      <c r="Z42" s="7">
+        <v>44481</v>
+      </c>
+      <c r="AA42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB42" s="6" t="s">
+        <v>637</v>
+      </c>
+      <c r="AC42" s="9" t="s">
+        <v>630</v>
+      </c>
+      <c r="AD42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE42" s="6" t="s">
+        <v>638</v>
+      </c>
+      <c r="AF42" s="8"/>
+      <c r="AG42" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH42" s="6" t="s">
+        <v>635</v>
+      </c>
+      <c r="AI42" s="9" t="s">
+        <v>636</v>
+      </c>
+      <c r="AJ42" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="AK42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL42" s="6" t="s">
+        <v>633</v>
+      </c>
+      <c r="AM42" s="8"/>
+      <c r="AN42" s="7">
+        <v>43185</v>
+      </c>
+      <c r="AO42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP42" s="8"/>
+      <c r="AQ42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR42" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS42" s="8"/>
+      <c r="AT42" s="8"/>
+      <c r="AU42" s="8"/>
+      <c r="AV42" s="6">
+        <v>53</v>
+      </c>
+      <c r="AW42" s="6" t="s">
+        <v>639</v>
+      </c>
+      <c r="AX42" s="6" t="s">
+        <v>640</v>
+      </c>
+      <c r="AY42" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="AZ42" s="6" t="s">
+        <v>627</v>
+      </c>
+      <c r="BA42" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="BB42" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="43" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="35">
+        <v>25</v>
+      </c>
+      <c r="B43" s="36"/>
+      <c r="C43" s="6" t="s">
+        <v>642</v>
+      </c>
+      <c r="D43" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="E43" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F43" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G43" s="6" t="s">
+        <v>644</v>
+      </c>
+      <c r="H43" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="I43" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="J43" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="K43" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M43" s="8"/>
+      <c r="N43" s="6" t="s">
+        <v>648</v>
+      </c>
+      <c r="O43" s="6" t="s">
+        <v>649</v>
+      </c>
+      <c r="P43" s="6" t="s">
+        <v>650</v>
+      </c>
+      <c r="Q43" s="6" t="s">
+        <v>651</v>
+      </c>
+      <c r="R43" s="6" t="s">
+        <v>652</v>
+      </c>
+      <c r="S43" s="6">
+        <v>1</v>
+      </c>
+      <c r="T43" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="U43" s="6" t="s">
+        <v>653</v>
+      </c>
+      <c r="V43" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="W43" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X43" s="6" t="s">
+        <v>655</v>
+      </c>
+      <c r="Y43" s="8"/>
+      <c r="Z43" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AA43" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="AB43" s="6" t="s">
+        <v>657</v>
+      </c>
+      <c r="AC43" s="9" t="s">
+        <v>658</v>
+      </c>
+      <c r="AD43" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE43" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="AF43" s="8"/>
+      <c r="AG43" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH43" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="AI43" s="9" t="s">
+        <v>657</v>
+      </c>
+      <c r="AJ43" s="6" t="s">
+        <v>658</v>
+      </c>
+      <c r="AK43" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL43" s="6" t="s">
+        <v>659</v>
+      </c>
+      <c r="AM43" s="8"/>
+      <c r="AN43" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AO43" s="6" t="s">
+        <v>660</v>
+      </c>
+      <c r="AP43" s="9" t="s">
+        <v>661</v>
+      </c>
+      <c r="AQ43" s="6" t="s">
+        <v>662</v>
+      </c>
+      <c r="AR43" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS43" s="6" t="s">
+        <v>663</v>
+      </c>
+      <c r="AT43" s="8"/>
+      <c r="AU43" s="7">
+        <v>43769</v>
+      </c>
+      <c r="AV43" s="6">
+        <v>12</v>
+      </c>
+      <c r="AW43" s="6" t="s">
+        <v>643</v>
+      </c>
+      <c r="AX43" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="AY43" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="AZ43" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="BA43" s="6" t="s">
+        <v>645</v>
+      </c>
+      <c r="BB43" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="44" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="35">
+        <v>26</v>
+      </c>
+      <c r="B44" s="36"/>
+      <c r="C44" s="6" t="s">
+        <v>665</v>
+      </c>
+      <c r="D44" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="E44" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F44" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G44" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="H44" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="I44" s="6" t="s">
+        <v>669</v>
+      </c>
+      <c r="J44" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="K44" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M44" s="8"/>
+      <c r="N44" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="O44" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="P44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q44" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="R44" s="6" t="s">
+        <v>674</v>
+      </c>
+      <c r="S44" s="6">
+        <v>1</v>
+      </c>
+      <c r="T44" s="9" t="s">
+        <v>675</v>
+      </c>
+      <c r="U44" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="V44" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="W44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X44" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="Y44" s="8"/>
+      <c r="Z44" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AA44" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="AB44" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="AC44" s="9" t="s">
+        <v>679</v>
+      </c>
+      <c r="AD44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE44" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="AF44" s="8"/>
+      <c r="AG44" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AH44" s="6" t="s">
+        <v>675</v>
+      </c>
+      <c r="AI44" s="9" t="s">
+        <v>676</v>
+      </c>
+      <c r="AJ44" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="AK44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL44" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="AM44" s="8"/>
+      <c r="AN44" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AO44" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="AP44" s="9" t="s">
+        <v>678</v>
+      </c>
+      <c r="AQ44" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="AR44" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS44" s="6" t="s">
+        <v>673</v>
+      </c>
+      <c r="AT44" s="8"/>
+      <c r="AU44" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AV44" s="6">
+        <v>126</v>
+      </c>
+      <c r="AW44" s="6" t="s">
+        <v>680</v>
+      </c>
+      <c r="AX44" s="6" t="s">
+        <v>681</v>
+      </c>
+      <c r="AY44" s="6" t="s">
+        <v>670</v>
+      </c>
+      <c r="AZ44" s="6" t="s">
+        <v>668</v>
+      </c>
+      <c r="BA44" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="BB44" s="7">
+        <v>44075</v>
+      </c>
+    </row>
+    <row r="45" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="35">
+        <v>27</v>
+      </c>
+      <c r="B45" s="36"/>
+      <c r="C45" s="6" t="s">
+        <v>682</v>
+      </c>
+      <c r="D45" s="6" t="s">
+        <v>683</v>
+      </c>
+      <c r="E45" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F45" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G45" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="H45" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="I45" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="J45" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="K45" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M45" s="8"/>
+      <c r="N45" s="6" t="s">
+        <v>685</v>
+      </c>
+      <c r="O45" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="P45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q45" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="R45" s="6" t="s">
+        <v>688</v>
+      </c>
+      <c r="S45" s="6">
+        <v>1</v>
+      </c>
+      <c r="T45" s="9" t="s">
+        <v>689</v>
+      </c>
+      <c r="U45" s="6" t="s">
+        <v>690</v>
+      </c>
+      <c r="V45" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="W45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X45" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="Y45" s="8"/>
+      <c r="Z45" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AA45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB45" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="AC45" s="9" t="s">
+        <v>692</v>
+      </c>
+      <c r="AD45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE45" s="6" t="s">
+        <v>687</v>
+      </c>
+      <c r="AF45" s="8"/>
+      <c r="AG45" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH45" s="6" t="s">
+        <v>689</v>
+      </c>
+      <c r="AI45" s="9" t="s">
+        <v>690</v>
+      </c>
+      <c r="AJ45" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="AK45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL45" s="6" t="s">
+        <v>693</v>
+      </c>
+      <c r="AM45" s="8"/>
+      <c r="AN45" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AO45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP45" s="8"/>
+      <c r="AQ45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR45" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS45" s="8"/>
+      <c r="AT45" s="8"/>
+      <c r="AU45" s="8"/>
+      <c r="AV45" s="6">
+        <v>77</v>
+      </c>
+      <c r="AW45" s="6" t="s">
+        <v>694</v>
+      </c>
+      <c r="AX45" s="6" t="s">
+        <v>695</v>
+      </c>
+      <c r="AY45" s="6" t="s">
+        <v>562</v>
+      </c>
+      <c r="AZ45" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="BA45" s="6" t="s">
+        <v>560</v>
+      </c>
+      <c r="BB45" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="46" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="35">
+        <v>32</v>
+      </c>
+      <c r="B46" s="36"/>
+      <c r="C46" s="6" t="s">
+        <v>696</v>
+      </c>
+      <c r="D46" s="6" t="s">
+        <v>697</v>
+      </c>
+      <c r="E46" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F46" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G46" s="6" t="s">
+        <v>698</v>
+      </c>
+      <c r="H46" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="I46" s="6" t="s">
+        <v>699</v>
+      </c>
+      <c r="J46" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="K46" s="7">
+        <v>43105</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>700</v>
+      </c>
+      <c r="M46" s="8"/>
+      <c r="N46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P46" s="6" t="s">
+        <v>701</v>
+      </c>
+      <c r="Q46" s="6" t="s">
+        <v>702</v>
+      </c>
+      <c r="R46" s="6" t="s">
+        <v>703</v>
+      </c>
+      <c r="S46" s="6">
+        <v>1</v>
+      </c>
+      <c r="T46" s="9" t="s">
+        <v>704</v>
+      </c>
+      <c r="U46" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="V46" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="W46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X46" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="Y46" s="8"/>
+      <c r="Z46" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AA46" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="AB46" s="6" t="s">
+        <v>709</v>
+      </c>
+      <c r="AC46" s="9" t="s">
+        <v>710</v>
+      </c>
+      <c r="AD46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE46" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="AF46" s="8"/>
+      <c r="AG46" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AH46" s="6" t="s">
+        <v>704</v>
+      </c>
+      <c r="AI46" s="9" t="s">
+        <v>705</v>
+      </c>
+      <c r="AJ46" s="6" t="s">
+        <v>706</v>
+      </c>
+      <c r="AK46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL46" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="AM46" s="8"/>
+      <c r="AN46" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AO46" s="6" t="s">
+        <v>708</v>
+      </c>
+      <c r="AP46" s="9" t="s">
+        <v>709</v>
+      </c>
+      <c r="AQ46" s="6" t="s">
+        <v>710</v>
+      </c>
+      <c r="AR46" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS46" s="6" t="s">
+        <v>707</v>
+      </c>
+      <c r="AT46" s="8"/>
+      <c r="AU46" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AV46" s="6">
+        <v>102</v>
+      </c>
+      <c r="AW46" s="6" t="s">
+        <v>711</v>
+      </c>
+      <c r="AX46" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="AY46" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AZ46" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="BA46" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="BB46" s="7">
+        <v>43105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="35">
+        <v>12</v>
+      </c>
+      <c r="B47" s="36"/>
+      <c r="C47" s="6" t="s">
+        <v>712</v>
+      </c>
+      <c r="D47" s="6" t="s">
+        <v>713</v>
+      </c>
+      <c r="E47" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F47" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G47" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="H47" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="I47" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="K47" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M47" s="7">
+        <v>42095</v>
+      </c>
+      <c r="N47" s="6" t="s">
+        <v>717</v>
+      </c>
+      <c r="O47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q47" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="R47" s="6" t="s">
+        <v>719</v>
+      </c>
+      <c r="S47" s="6">
+        <v>1</v>
+      </c>
+      <c r="T47" s="9" t="s">
+        <v>720</v>
+      </c>
+      <c r="U47" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="V47" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="W47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X47" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="Y47" s="8"/>
+      <c r="Z47" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AA47" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="AB47" s="6" t="s">
+        <v>724</v>
+      </c>
+      <c r="AC47" s="9" t="s">
+        <v>725</v>
+      </c>
+      <c r="AD47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE47" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="AF47" s="8"/>
+      <c r="AG47" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH47" s="6" t="s">
+        <v>720</v>
+      </c>
+      <c r="AI47" s="9" t="s">
+        <v>721</v>
+      </c>
+      <c r="AJ47" s="6" t="s">
+        <v>722</v>
+      </c>
+      <c r="AK47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL47" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="AM47" s="8"/>
+      <c r="AN47" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AO47" s="6" t="s">
+        <v>723</v>
+      </c>
+      <c r="AP47" s="9" t="s">
+        <v>724</v>
+      </c>
+      <c r="AQ47" s="6" t="s">
+        <v>725</v>
+      </c>
+      <c r="AR47" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS47" s="6" t="s">
+        <v>718</v>
+      </c>
+      <c r="AT47" s="8"/>
+      <c r="AU47" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AV47" s="6">
+        <v>92</v>
+      </c>
+      <c r="AW47" s="6" t="s">
+        <v>726</v>
+      </c>
+      <c r="AX47" s="6" t="s">
+        <v>727</v>
+      </c>
+      <c r="AY47" s="6" t="s">
+        <v>716</v>
+      </c>
+      <c r="AZ47" s="6" t="s">
+        <v>715</v>
+      </c>
+      <c r="BA47" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="BB47" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="48" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="35">
+        <v>28</v>
+      </c>
+      <c r="B48" s="36"/>
+      <c r="C48" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="D48" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="E48" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F48" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G48" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="H48" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="I48" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="J48" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="K48" s="7">
+        <v>43122</v>
+      </c>
+      <c r="L48" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M48" s="8"/>
+      <c r="N48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q48" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="R48" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="S48" s="6">
+        <v>1</v>
+      </c>
+      <c r="T48" s="9" t="s">
+        <v>734</v>
+      </c>
+      <c r="U48" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="V48" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="W48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X48" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="Y48" s="8"/>
+      <c r="Z48" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AA48" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="AB48" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="AC48" s="9" t="s">
+        <v>740</v>
+      </c>
+      <c r="AD48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE48" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="AF48" s="8"/>
+      <c r="AG48" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH48" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="AI48" s="9" t="s">
+        <v>735</v>
+      </c>
+      <c r="AJ48" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="AK48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL48" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="AM48" s="8"/>
+      <c r="AN48" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AO48" s="6" t="s">
+        <v>741</v>
+      </c>
+      <c r="AP48" s="9" t="s">
+        <v>742</v>
+      </c>
+      <c r="AQ48" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="AR48" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS48" s="6" t="s">
+        <v>743</v>
+      </c>
+      <c r="AT48" s="8"/>
+      <c r="AU48" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AV48" s="6">
+        <v>108</v>
+      </c>
+      <c r="AW48" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="AX48" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="AY48" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="AZ48" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="BA48" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="BB48" s="7">
+        <v>43122</v>
+      </c>
+    </row>
+    <row r="49" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="35">
+        <v>28</v>
+      </c>
+      <c r="B49" s="36"/>
+      <c r="C49" s="6" t="s">
+        <v>728</v>
+      </c>
+      <c r="D49" s="6" t="s">
+        <v>729</v>
+      </c>
+      <c r="E49" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F49" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G49" s="6" t="s">
+        <v>730</v>
+      </c>
+      <c r="H49" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="I49" s="6" t="s">
+        <v>628</v>
+      </c>
+      <c r="J49" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="K49" s="7">
+        <v>43122</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M49" s="8"/>
+      <c r="N49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q49" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="R49" s="6" t="s">
+        <v>733</v>
+      </c>
+      <c r="S49" s="6">
+        <v>1</v>
+      </c>
+      <c r="T49" s="9" t="s">
+        <v>734</v>
+      </c>
+      <c r="U49" s="6" t="s">
+        <v>735</v>
+      </c>
+      <c r="V49" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="W49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X49" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="Y49" s="8"/>
+      <c r="Z49" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AA49" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="AB49" s="6" t="s">
+        <v>739</v>
+      </c>
+      <c r="AC49" s="9" t="s">
+        <v>740</v>
+      </c>
+      <c r="AD49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE49" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="AF49" s="8"/>
+      <c r="AG49" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH49" s="6" t="s">
+        <v>734</v>
+      </c>
+      <c r="AI49" s="9" t="s">
+        <v>735</v>
+      </c>
+      <c r="AJ49" s="6" t="s">
+        <v>736</v>
+      </c>
+      <c r="AK49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL49" s="6" t="s">
+        <v>737</v>
+      </c>
+      <c r="AM49" s="8"/>
+      <c r="AN49" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AO49" s="6" t="s">
+        <v>738</v>
+      </c>
+      <c r="AP49" s="9" t="s">
+        <v>739</v>
+      </c>
+      <c r="AQ49" s="6" t="s">
+        <v>740</v>
+      </c>
+      <c r="AR49" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS49" s="6" t="s">
+        <v>732</v>
+      </c>
+      <c r="AT49" s="8"/>
+      <c r="AU49" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AV49" s="6">
+        <v>108</v>
+      </c>
+      <c r="AW49" s="6" t="s">
+        <v>744</v>
+      </c>
+      <c r="AX49" s="6" t="s">
+        <v>745</v>
+      </c>
+      <c r="AY49" s="6" t="s">
+        <v>746</v>
+      </c>
+      <c r="AZ49" s="6" t="s">
+        <v>747</v>
+      </c>
+      <c r="BA49" s="6" t="s">
+        <v>641</v>
+      </c>
+      <c r="BB49" s="7">
+        <v>43122</v>
+      </c>
+    </row>
+    <row r="50" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="35">
+        <v>29</v>
+      </c>
+      <c r="B50" s="36"/>
+      <c r="C50" s="6" t="s">
+        <v>748</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>749</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>750</v>
+      </c>
+      <c r="H50" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="I50" s="6" t="s">
+        <v>752</v>
+      </c>
+      <c r="J50" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="K50" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L50" s="6" t="s">
+        <v>754</v>
+      </c>
+      <c r="M50" s="8"/>
+      <c r="N50" s="6" t="s">
+        <v>755</v>
+      </c>
+      <c r="O50" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="P50" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q50" s="6" t="s">
+        <v>757</v>
+      </c>
+      <c r="R50" s="6" t="s">
+        <v>758</v>
+      </c>
+      <c r="S50" s="6">
+        <v>1</v>
+      </c>
+      <c r="T50" s="9" t="s">
+        <v>759</v>
+      </c>
+      <c r="U50" s="6" t="s">
+        <v>760</v>
+      </c>
+      <c r="V50" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="W50" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X50" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="Y50" s="8"/>
+      <c r="Z50" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AA50" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="AB50" s="6" t="s">
+        <v>763</v>
+      </c>
+      <c r="AC50" s="9" t="s">
+        <v>764</v>
+      </c>
+      <c r="AD50" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE50" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="AF50" s="8"/>
+      <c r="AG50" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AH50" s="6" t="s">
+        <v>759</v>
+      </c>
+      <c r="AI50" s="9" t="s">
+        <v>760</v>
+      </c>
+      <c r="AJ50" s="6" t="s">
+        <v>756</v>
+      </c>
+      <c r="AK50" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL50" s="6" t="s">
+        <v>761</v>
+      </c>
+      <c r="AM50" s="8"/>
+      <c r="AN50" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AO50" s="6" t="s">
+        <v>762</v>
+      </c>
+      <c r="AP50" s="9" t="s">
+        <v>763</v>
+      </c>
+      <c r="AQ50" s="6" t="s">
+        <v>764</v>
+      </c>
+      <c r="AR50" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS50" s="6" t="s">
+        <v>765</v>
+      </c>
+      <c r="AT50" s="8"/>
+      <c r="AU50" s="7">
+        <v>44298</v>
+      </c>
+      <c r="AV50" s="6">
+        <v>74</v>
+      </c>
+      <c r="AW50" s="6" t="s">
+        <v>766</v>
+      </c>
+      <c r="AX50" s="6" t="s">
+        <v>767</v>
+      </c>
+      <c r="AY50" s="6" t="s">
+        <v>753</v>
+      </c>
+      <c r="AZ50" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="BA50" s="6" t="s">
+        <v>751</v>
+      </c>
+      <c r="BB50" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="51" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="35">
+        <v>96</v>
+      </c>
+      <c r="B51" s="36"/>
+      <c r="C51" s="6" t="s">
+        <v>768</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>769</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>770</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="I51" s="6" t="s">
+        <v>772</v>
+      </c>
+      <c r="J51" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="K51" s="7">
+        <v>43293</v>
+      </c>
+      <c r="L51" s="6" t="s">
+        <v>774</v>
+      </c>
+      <c r="M51" s="7">
+        <v>2958465</v>
+      </c>
+      <c r="N51" s="6" t="s">
+        <v>775</v>
+      </c>
+      <c r="O51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q51" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="R51" s="6" t="s">
+        <v>777</v>
+      </c>
+      <c r="S51" s="6">
+        <v>1</v>
+      </c>
+      <c r="T51" s="9" t="s">
+        <v>778</v>
+      </c>
+      <c r="U51" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="V51" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="W51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X51" s="6" t="s">
+        <v>781</v>
+      </c>
+      <c r="Y51" s="8"/>
+      <c r="Z51" s="7">
+        <v>43342</v>
+      </c>
+      <c r="AA51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB51" s="8"/>
+      <c r="AC51" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE51" s="8"/>
+      <c r="AF51" s="8"/>
+      <c r="AG51" s="8"/>
+      <c r="AH51" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="AI51" s="9" t="s">
+        <v>779</v>
+      </c>
+      <c r="AJ51" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="AK51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL51" s="6" t="s">
+        <v>776</v>
+      </c>
+      <c r="AM51" s="8"/>
+      <c r="AN51" s="7">
+        <v>43342</v>
+      </c>
+      <c r="AO51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP51" s="8"/>
+      <c r="AQ51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR51" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS51" s="8"/>
+      <c r="AT51" s="8"/>
+      <c r="AU51" s="8"/>
+      <c r="AV51" s="6">
+        <v>118</v>
+      </c>
+      <c r="AW51" s="6" t="s">
+        <v>782</v>
+      </c>
+      <c r="AX51" s="6" t="s">
+        <v>783</v>
+      </c>
+      <c r="AY51" s="6" t="s">
+        <v>773</v>
+      </c>
+      <c r="AZ51" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="BA51" s="6" t="s">
+        <v>771</v>
+      </c>
+      <c r="BB51" s="7">
+        <v>43342</v>
+      </c>
+    </row>
+    <row r="52" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="35">
+        <v>106</v>
+      </c>
+      <c r="B52" s="36"/>
+      <c r="C52" s="6" t="s">
+        <v>784</v>
+      </c>
+      <c r="D52" s="6" t="s">
+        <v>785</v>
+      </c>
+      <c r="E52" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F52" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G52" s="6" t="s">
+        <v>786</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="I52" s="6" t="s">
+        <v>788</v>
+      </c>
+      <c r="J52" s="6" t="s">
+        <v>789</v>
+      </c>
+      <c r="K52" s="7">
+        <v>43955</v>
+      </c>
+      <c r="L52" s="6" t="s">
+        <v>790</v>
+      </c>
+      <c r="M52" s="7">
+        <v>44007</v>
+      </c>
+      <c r="N52" s="6" t="s">
+        <v>791</v>
+      </c>
+      <c r="O52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q52" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="R52" s="6" t="s">
+        <v>793</v>
+      </c>
+      <c r="S52" s="6">
+        <v>1</v>
+      </c>
+      <c r="T52" s="9" t="s">
+        <v>794</v>
+      </c>
+      <c r="U52" s="6" t="s">
+        <v>795</v>
+      </c>
+      <c r="V52" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="W52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X52" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="Y52" s="8"/>
+      <c r="Z52" s="7">
+        <v>44309</v>
+      </c>
+      <c r="AA52" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="AB52" s="6" t="s">
+        <v>798</v>
+      </c>
+      <c r="AC52" s="9" t="s">
+        <v>799</v>
+      </c>
+      <c r="AD52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE52" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="AF52" s="8"/>
+      <c r="AG52" s="7">
+        <v>44309</v>
+      </c>
+      <c r="AH52" s="6" t="s">
+        <v>794</v>
+      </c>
+      <c r="AI52" s="9" t="s">
+        <v>795</v>
+      </c>
+      <c r="AJ52" s="6" t="s">
+        <v>796</v>
+      </c>
+      <c r="AK52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL52" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="AM52" s="8"/>
+      <c r="AN52" s="7">
+        <v>44309</v>
+      </c>
+      <c r="AO52" s="6" t="s">
+        <v>797</v>
+      </c>
+      <c r="AP52" s="9" t="s">
+        <v>798</v>
+      </c>
+      <c r="AQ52" s="6" t="s">
+        <v>799</v>
+      </c>
+      <c r="AR52" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS52" s="6" t="s">
+        <v>792</v>
+      </c>
+      <c r="AT52" s="8"/>
+      <c r="AU52" s="7">
+        <v>44309</v>
+      </c>
+      <c r="AV52" s="6">
+        <v>135</v>
+      </c>
+      <c r="AW52" s="6" t="s">
+        <v>800</v>
+      </c>
+      <c r="AX52" s="6" t="s">
+        <v>801</v>
+      </c>
+      <c r="AY52" s="6" t="s">
+        <v>802</v>
+      </c>
+      <c r="AZ52" s="6" t="s">
+        <v>803</v>
+      </c>
+      <c r="BA52" s="6" t="s">
+        <v>787</v>
+      </c>
+      <c r="BB52" s="7">
+        <v>43955</v>
+      </c>
+    </row>
+    <row r="53" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="35">
+        <v>30</v>
+      </c>
+      <c r="B53" s="36"/>
+      <c r="C53" s="6" t="s">
+        <v>804</v>
+      </c>
+      <c r="D53" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="E53" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F53" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G53" s="6" t="s">
+        <v>806</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="I53" s="6" t="s">
+        <v>807</v>
+      </c>
+      <c r="J53" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="K53" s="7">
+        <v>43120</v>
+      </c>
+      <c r="L53" s="6" t="s">
+        <v>809</v>
+      </c>
+      <c r="M53" s="8"/>
+      <c r="N53" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="O53" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P53" s="6" t="s">
+        <v>810</v>
+      </c>
+      <c r="Q53" s="6" t="s">
+        <v>811</v>
+      </c>
+      <c r="R53" s="6" t="s">
+        <v>812</v>
+      </c>
+      <c r="S53" s="6">
+        <v>1</v>
+      </c>
+      <c r="T53" s="9" t="s">
+        <v>677</v>
+      </c>
+      <c r="U53" s="6" t="s">
+        <v>678</v>
+      </c>
+      <c r="V53" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="W53" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X53" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="Y53" s="8"/>
+      <c r="Z53" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AA53" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="AB53" s="6" t="s">
+        <v>676</v>
+      </c>
+      <c r="AC53" s="9" t="s">
+        <v>672</v>
+      </c>
+      <c r="AD53" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE53" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="AF53" s="8"/>
+      <c r="AG53" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AH53" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="AI53" s="9" t="s">
+        <v>678</v>
+      </c>
+      <c r="AJ53" s="6" t="s">
+        <v>679</v>
+      </c>
+      <c r="AK53" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL53" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="AM53" s="8"/>
+      <c r="AN53" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AO53" s="6" t="s">
+        <v>814</v>
+      </c>
+      <c r="AP53" s="9" t="s">
+        <v>676</v>
+      </c>
+      <c r="AQ53" s="6" t="s">
+        <v>672</v>
+      </c>
+      <c r="AR53" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS53" s="6" t="s">
+        <v>813</v>
+      </c>
+      <c r="AT53" s="8"/>
+      <c r="AU53" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AV53" s="8"/>
+      <c r="AW53" s="6" t="s">
+        <v>805</v>
+      </c>
+      <c r="AX53" s="6" t="s">
+        <v>815</v>
+      </c>
+      <c r="AY53" s="6" t="s">
+        <v>808</v>
+      </c>
+      <c r="AZ53" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="BA53" s="6" t="s">
+        <v>187</v>
+      </c>
+      <c r="BB53" s="7">
+        <v>44247</v>
+      </c>
+    </row>
+    <row r="54" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="35">
+        <v>33</v>
+      </c>
+      <c r="B54" s="36"/>
+      <c r="C54" s="6" t="s">
+        <v>816</v>
+      </c>
+      <c r="D54" s="6" t="s">
+        <v>817</v>
+      </c>
+      <c r="E54" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F54" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G54" s="6" t="s">
+        <v>818</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="I54" s="6" t="s">
+        <v>820</v>
+      </c>
+      <c r="J54" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="K54" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L54" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M54" s="8"/>
+      <c r="N54" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="O54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q54" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="R54" s="6" t="s">
+        <v>824</v>
+      </c>
+      <c r="S54" s="6">
+        <v>1</v>
+      </c>
+      <c r="T54" s="9" t="s">
+        <v>825</v>
+      </c>
+      <c r="U54" s="6" t="s">
+        <v>826</v>
+      </c>
+      <c r="V54" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="W54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X54" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="Y54" s="8"/>
+      <c r="Z54" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AA54" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="AB54" s="6" t="s">
+        <v>830</v>
+      </c>
+      <c r="AC54" s="9" t="s">
+        <v>822</v>
+      </c>
+      <c r="AD54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE54" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="AF54" s="8"/>
+      <c r="AG54" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH54" s="6" t="s">
+        <v>829</v>
+      </c>
+      <c r="AI54" s="9" t="s">
+        <v>830</v>
+      </c>
+      <c r="AJ54" s="6" t="s">
+        <v>822</v>
+      </c>
+      <c r="AK54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL54" s="6" t="s">
+        <v>823</v>
+      </c>
+      <c r="AM54" s="8"/>
+      <c r="AN54" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AO54" s="6" t="s">
+        <v>825</v>
+      </c>
+      <c r="AP54" s="9" t="s">
+        <v>826</v>
+      </c>
+      <c r="AQ54" s="6" t="s">
+        <v>827</v>
+      </c>
+      <c r="AR54" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS54" s="6" t="s">
+        <v>828</v>
+      </c>
+      <c r="AT54" s="8"/>
+      <c r="AU54" s="7">
+        <v>43166</v>
+      </c>
+      <c r="AV54" s="6">
+        <v>91</v>
+      </c>
+      <c r="AW54" s="6" t="s">
+        <v>831</v>
+      </c>
+      <c r="AX54" s="6" t="s">
+        <v>832</v>
+      </c>
+      <c r="AY54" s="6" t="s">
+        <v>821</v>
+      </c>
+      <c r="AZ54" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="BA54" s="6" t="s">
+        <v>819</v>
+      </c>
+      <c r="BB54" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="55" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="35">
+        <v>35</v>
+      </c>
+      <c r="B55" s="36"/>
+      <c r="C55" s="6" t="s">
+        <v>833</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>834</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>835</v>
+      </c>
+      <c r="H55" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="I55" s="6" t="s">
+        <v>837</v>
+      </c>
+      <c r="J55" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="K55" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="M55" s="8"/>
+      <c r="N55" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="O55" s="6" t="s">
+        <v>840</v>
+      </c>
+      <c r="P55" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q55" s="6" t="s">
+        <v>841</v>
+      </c>
+      <c r="R55" s="6" t="s">
+        <v>842</v>
+      </c>
+      <c r="S55" s="6">
+        <v>1</v>
+      </c>
+      <c r="T55" s="9" t="s">
+        <v>778</v>
+      </c>
+      <c r="U55" s="6" t="s">
+        <v>779</v>
+      </c>
+      <c r="V55" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="W55" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X55" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="Y55" s="8"/>
+      <c r="Z55" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AA55" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="AB55" s="6" t="s">
+        <v>845</v>
+      </c>
+      <c r="AC55" s="9" t="s">
+        <v>846</v>
+      </c>
+      <c r="AD55" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE55" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="AF55" s="8"/>
+      <c r="AG55" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH55" s="6" t="s">
+        <v>778</v>
+      </c>
+      <c r="AI55" s="9" t="s">
+        <v>779</v>
+      </c>
+      <c r="AJ55" s="6" t="s">
+        <v>780</v>
+      </c>
+      <c r="AK55" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL55" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="AM55" s="8"/>
+      <c r="AN55" s="7">
+        <v>43165</v>
+      </c>
+      <c r="AO55" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="AP55" s="9" t="s">
+        <v>845</v>
+      </c>
+      <c r="AQ55" s="6" t="s">
+        <v>846</v>
+      </c>
+      <c r="AR55" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS55" s="6" t="s">
+        <v>843</v>
+      </c>
+      <c r="AT55" s="8"/>
+      <c r="AU55" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AV55" s="6">
+        <v>76</v>
+      </c>
+      <c r="AW55" s="6" t="s">
+        <v>847</v>
+      </c>
+      <c r="AX55" s="6" t="s">
+        <v>848</v>
+      </c>
+      <c r="AY55" s="6" t="s">
+        <v>838</v>
+      </c>
+      <c r="AZ55" s="6" t="s">
+        <v>836</v>
+      </c>
+      <c r="BA55" s="6" t="s">
+        <v>849</v>
+      </c>
+      <c r="BB55" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="56" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="35">
+        <v>37</v>
+      </c>
+      <c r="B56" s="36"/>
+      <c r="C56" s="6" t="s">
+        <v>850</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>851</v>
+      </c>
+      <c r="E56" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F56" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G56" s="6" t="s">
+        <v>852</v>
+      </c>
+      <c r="H56" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I56" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J56" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="K56" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>854</v>
+      </c>
+      <c r="M56" s="7">
+        <v>35207</v>
+      </c>
+      <c r="N56" s="6" t="s">
+        <v>855</v>
+      </c>
+      <c r="O56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q56" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="R56" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="S56" s="6">
+        <v>1</v>
+      </c>
+      <c r="T56" s="9" t="s">
+        <v>858</v>
+      </c>
+      <c r="U56" s="6" t="s">
+        <v>859</v>
+      </c>
+      <c r="V56" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="W56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X56" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="Y56" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="Z56" s="7">
+        <v>44869</v>
+      </c>
+      <c r="AA56" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="AB56" s="6" t="s">
+        <v>862</v>
+      </c>
+      <c r="AC56" s="9" t="s">
+        <v>863</v>
+      </c>
+      <c r="AD56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE56" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="AF56" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="AG56" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AH56" s="6" t="s">
+        <v>858</v>
+      </c>
+      <c r="AI56" s="9" t="s">
+        <v>859</v>
+      </c>
+      <c r="AJ56" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="AK56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL56" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="AM56" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="AN56" s="7">
+        <v>44869</v>
+      </c>
+      <c r="AO56" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="AP56" s="9" t="s">
+        <v>862</v>
+      </c>
+      <c r="AQ56" s="6" t="s">
+        <v>863</v>
+      </c>
+      <c r="AR56" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS56" s="6" t="s">
+        <v>856</v>
+      </c>
+      <c r="AT56" s="6" t="s">
+        <v>857</v>
+      </c>
+      <c r="AU56" s="7">
+        <v>43193</v>
+      </c>
+      <c r="AV56" s="6">
+        <v>8</v>
+      </c>
+      <c r="AW56" s="6" t="s">
+        <v>864</v>
+      </c>
+      <c r="AX56" s="6" t="s">
+        <v>865</v>
+      </c>
+      <c r="AY56" s="6" t="s">
+        <v>866</v>
+      </c>
+      <c r="AZ56" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BA56" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BB56" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="57" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="35">
+        <v>101</v>
+      </c>
+      <c r="B57" s="36"/>
+      <c r="C57" s="6" t="s">
+        <v>867</v>
+      </c>
+      <c r="D57" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="E57" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G57" s="6" t="s">
+        <v>869</v>
+      </c>
+      <c r="H57" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="I57" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="J57" s="6" t="s">
+        <v>872</v>
+      </c>
+      <c r="K57" s="7">
+        <v>41851</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>873</v>
+      </c>
+      <c r="M57" s="7">
+        <v>40102</v>
+      </c>
+      <c r="N57" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="O57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P57" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q57" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="R57" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="S57" s="6">
+        <v>1</v>
+      </c>
+      <c r="T57" s="9" t="s">
+        <v>878</v>
+      </c>
+      <c r="U57" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="V57" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="W57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X57" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="Y57" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="Z57" s="7">
+        <v>44897</v>
+      </c>
+      <c r="AA57" s="6" t="s">
+        <v>882</v>
+      </c>
+      <c r="AB57" s="6" t="s">
+        <v>883</v>
+      </c>
+      <c r="AC57" s="9" t="s">
+        <v>884</v>
+      </c>
+      <c r="AD57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE57" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="AF57" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="AG57" s="7">
+        <v>44897</v>
+      </c>
+      <c r="AH57" s="6" t="s">
+        <v>886</v>
+      </c>
+      <c r="AI57" s="9" t="s">
+        <v>887</v>
+      </c>
+      <c r="AJ57" s="6" t="s">
+        <v>888</v>
+      </c>
+      <c r="AK57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL57" s="6" t="s">
+        <v>889</v>
+      </c>
+      <c r="AM57" s="6" t="s">
+        <v>877</v>
+      </c>
+      <c r="AN57" s="7">
+        <v>45581</v>
+      </c>
+      <c r="AO57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP57" s="8"/>
+      <c r="AQ57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR57" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS57" s="8"/>
+      <c r="AT57" s="8"/>
+      <c r="AU57" s="8"/>
+      <c r="AV57" s="6">
         <v>122</v>
       </c>
-      <c r="AZ8" s="7" t="s">
+      <c r="AW57" s="6" t="s">
+        <v>890</v>
+      </c>
+      <c r="AX57" s="6" t="s">
+        <v>891</v>
+      </c>
+      <c r="AY57" s="6" t="s">
+        <v>892</v>
+      </c>
+      <c r="AZ57" s="6" t="s">
+        <v>893</v>
+      </c>
+      <c r="BA57" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="BB57" s="7">
+        <v>41851</v>
+      </c>
+    </row>
+    <row r="58" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="35">
+        <v>91</v>
+      </c>
+      <c r="B58" s="36"/>
+      <c r="C58" s="6" t="s">
+        <v>894</v>
+      </c>
+      <c r="D58" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="E58" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F58" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G58" s="6" t="s">
+        <v>896</v>
+      </c>
+      <c r="H58" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="I58" s="6" t="s">
+        <v>898</v>
+      </c>
+      <c r="J58" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="K58" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>900</v>
+      </c>
+      <c r="M58" s="7">
+        <v>42425</v>
+      </c>
+      <c r="N58" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="O58" s="6" t="s">
+        <v>902</v>
+      </c>
+      <c r="P58" s="6" t="s">
+        <v>903</v>
+      </c>
+      <c r="Q58" s="6" t="s">
+        <v>904</v>
+      </c>
+      <c r="R58" s="6" t="s">
+        <v>905</v>
+      </c>
+      <c r="S58" s="6">
+        <v>1</v>
+      </c>
+      <c r="T58" s="9" t="s">
+        <v>906</v>
+      </c>
+      <c r="U58" s="6" t="s">
+        <v>907</v>
+      </c>
+      <c r="V58" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="W58" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X58" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="Y58" s="8"/>
+      <c r="Z58" s="7">
+        <v>43766</v>
+      </c>
+      <c r="AA58" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="AB58" s="6" t="s">
+        <v>911</v>
+      </c>
+      <c r="AC58" s="9" t="s">
+        <v>901</v>
+      </c>
+      <c r="AD58" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE58" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="AF58" s="8"/>
+      <c r="AG58" s="7">
+        <v>43229</v>
+      </c>
+      <c r="AH58" s="6" t="s">
+        <v>906</v>
+      </c>
+      <c r="AI58" s="9" t="s">
+        <v>907</v>
+      </c>
+      <c r="AJ58" s="6" t="s">
+        <v>908</v>
+      </c>
+      <c r="AK58" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL58" s="6" t="s">
+        <v>909</v>
+      </c>
+      <c r="AM58" s="8"/>
+      <c r="AN58" s="7">
+        <v>43766</v>
+      </c>
+      <c r="AO58" s="6" t="s">
+        <v>910</v>
+      </c>
+      <c r="AP58" s="9" t="s">
+        <v>911</v>
+      </c>
+      <c r="AQ58" s="6" t="s">
+        <v>901</v>
+      </c>
+      <c r="AR58" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS58" s="6" t="s">
+        <v>912</v>
+      </c>
+      <c r="AT58" s="8"/>
+      <c r="AU58" s="7">
+        <v>43229</v>
+      </c>
+      <c r="AV58" s="6">
+        <v>94</v>
+      </c>
+      <c r="AW58" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="AX58" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="AY58" s="6" t="s">
+        <v>899</v>
+      </c>
+      <c r="AZ58" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="BA58" s="6" t="s">
+        <v>897</v>
+      </c>
+      <c r="BB58" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="59" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="35">
+        <v>47</v>
+      </c>
+      <c r="B59" s="36"/>
+      <c r="C59" s="6" t="s">
+        <v>915</v>
+      </c>
+      <c r="D59" s="6" t="s">
+        <v>916</v>
+      </c>
+      <c r="E59" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F59" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G59" s="6" t="s">
+        <v>917</v>
+      </c>
+      <c r="H59" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="I59" s="6" t="s">
+        <v>284</v>
+      </c>
+      <c r="J59" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="K59" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L59" s="6" t="s">
+        <v>919</v>
+      </c>
+      <c r="M59" s="7">
+        <v>40905</v>
+      </c>
+      <c r="N59" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="O59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P59" s="6" t="s">
+        <v>920</v>
+      </c>
+      <c r="Q59" s="6" t="s">
+        <v>921</v>
+      </c>
+      <c r="R59" s="6" t="s">
+        <v>922</v>
+      </c>
+      <c r="S59" s="6">
+        <v>1</v>
+      </c>
+      <c r="T59" s="9" t="s">
+        <v>923</v>
+      </c>
+      <c r="U59" s="6" t="s">
+        <v>924</v>
+      </c>
+      <c r="V59" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="W59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X59" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="Y59" s="8"/>
+      <c r="Z59" s="7">
+        <v>46055</v>
+      </c>
+      <c r="AA59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB59" s="8"/>
+      <c r="AC59" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE59" s="8"/>
+      <c r="AF59" s="8"/>
+      <c r="AG59" s="8"/>
+      <c r="AH59" s="6" t="s">
+        <v>923</v>
+      </c>
+      <c r="AI59" s="9" t="s">
+        <v>924</v>
+      </c>
+      <c r="AJ59" s="6" t="s">
+        <v>925</v>
+      </c>
+      <c r="AK59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL59" s="6" t="s">
+        <v>926</v>
+      </c>
+      <c r="AM59" s="8"/>
+      <c r="AN59" s="7">
+        <v>46055</v>
+      </c>
+      <c r="AO59" s="6" t="s">
+        <v>927</v>
+      </c>
+      <c r="AP59" s="9" t="s">
+        <v>928</v>
+      </c>
+      <c r="AQ59" s="6" t="s">
+        <v>929</v>
+      </c>
+      <c r="AR59" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS59" s="6" t="s">
+        <v>930</v>
+      </c>
+      <c r="AT59" s="8"/>
+      <c r="AU59" s="7">
+        <v>46055</v>
+      </c>
+      <c r="AV59" s="6">
+        <v>62</v>
+      </c>
+      <c r="AW59" s="6" t="s">
+        <v>931</v>
+      </c>
+      <c r="AX59" s="6" t="s">
+        <v>932</v>
+      </c>
+      <c r="AY59" s="6" t="s">
+        <v>933</v>
+      </c>
+      <c r="AZ59" s="6" t="s">
+        <v>934</v>
+      </c>
+      <c r="BA59" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="BB59" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="60" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="35">
+        <v>49</v>
+      </c>
+      <c r="B60" s="36"/>
+      <c r="C60" s="6" t="s">
+        <v>935</v>
+      </c>
+      <c r="D60" s="6" t="s">
+        <v>936</v>
+      </c>
+      <c r="E60" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F60" s="6" t="s">
+        <v>937</v>
+      </c>
+      <c r="G60" s="6" t="s">
+        <v>938</v>
+      </c>
+      <c r="H60" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="I60" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="J60" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="K60" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L60" s="6" t="s">
+        <v>942</v>
+      </c>
+      <c r="M60" s="7">
+        <v>29178</v>
+      </c>
+      <c r="N60" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="O60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P60" s="6" t="s">
+        <v>944</v>
+      </c>
+      <c r="Q60" s="6" t="s">
+        <v>945</v>
+      </c>
+      <c r="R60" s="6" t="s">
+        <v>946</v>
+      </c>
+      <c r="S60" s="6">
+        <v>1</v>
+      </c>
+      <c r="T60" s="9" t="s">
+        <v>947</v>
+      </c>
+      <c r="U60" s="6" t="s">
+        <v>948</v>
+      </c>
+      <c r="V60" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="W60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X60" s="6" t="s">
+        <v>949</v>
+      </c>
+      <c r="Y60" s="8"/>
+      <c r="Z60" s="7">
+        <v>43188</v>
+      </c>
+      <c r="AA60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB60" s="8"/>
+      <c r="AC60" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE60" s="8"/>
+      <c r="AF60" s="8"/>
+      <c r="AG60" s="8"/>
+      <c r="AH60" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="AI60" s="9" t="s">
+        <v>951</v>
+      </c>
+      <c r="AJ60" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="AK60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL60" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="AM60" s="8"/>
+      <c r="AN60" s="7">
+        <v>44831</v>
+      </c>
+      <c r="AO60" s="6" t="s">
+        <v>953</v>
+      </c>
+      <c r="AP60" s="9" t="s">
+        <v>954</v>
+      </c>
+      <c r="AQ60" s="6" t="s">
+        <v>943</v>
+      </c>
+      <c r="AR60" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS60" s="6" t="s">
+        <v>952</v>
+      </c>
+      <c r="AT60" s="8"/>
+      <c r="AU60" s="7">
+        <v>43188</v>
+      </c>
+      <c r="AV60" s="6">
+        <v>14</v>
+      </c>
+      <c r="AW60" s="6" t="s">
+        <v>955</v>
+      </c>
+      <c r="AX60" s="6" t="s">
+        <v>956</v>
+      </c>
+      <c r="AY60" s="6" t="s">
+        <v>941</v>
+      </c>
+      <c r="AZ60" s="6" t="s">
+        <v>939</v>
+      </c>
+      <c r="BA60" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="BB60" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="61" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="35">
+        <v>50</v>
+      </c>
+      <c r="B61" s="36"/>
+      <c r="C61" s="6" t="s">
+        <v>958</v>
+      </c>
+      <c r="D61" s="6" t="s">
+        <v>959</v>
+      </c>
+      <c r="E61" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F61" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G61" s="6" t="s">
+        <v>960</v>
+      </c>
+      <c r="H61" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="I61" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="J61" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="K61" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L61" s="6" t="s">
+        <v>964</v>
+      </c>
+      <c r="M61" s="7">
+        <v>42277</v>
+      </c>
+      <c r="N61" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="O61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q61" s="6" t="s">
+        <v>966</v>
+      </c>
+      <c r="R61" s="6" t="s">
+        <v>967</v>
+      </c>
+      <c r="S61" s="6">
+        <v>1</v>
+      </c>
+      <c r="T61" s="9" t="s">
+        <v>968</v>
+      </c>
+      <c r="U61" s="6" t="s">
+        <v>969</v>
+      </c>
+      <c r="V61" s="6" t="s">
+        <v>965</v>
+      </c>
+      <c r="W61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X61" s="6" t="s">
+        <v>970</v>
+      </c>
+      <c r="Y61" s="6" t="s">
+        <v>967</v>
+      </c>
+      <c r="Z61" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AA61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB61" s="8"/>
+      <c r="AC61" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE61" s="8"/>
+      <c r="AF61" s="8"/>
+      <c r="AG61" s="8"/>
+      <c r="AH61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI61" s="8"/>
+      <c r="AJ61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AK61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL61" s="8"/>
+      <c r="AM61" s="8"/>
+      <c r="AN61" s="8"/>
+      <c r="AO61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP61" s="8"/>
+      <c r="AQ61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR61" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS61" s="8"/>
+      <c r="AT61" s="8"/>
+      <c r="AU61" s="8"/>
+      <c r="AV61" s="6">
+        <v>7</v>
+      </c>
+      <c r="AW61" s="6" t="s">
+        <v>971</v>
+      </c>
+      <c r="AX61" s="6" t="s">
+        <v>972</v>
+      </c>
+      <c r="AY61" s="6" t="s">
+        <v>963</v>
+      </c>
+      <c r="AZ61" s="6" t="s">
+        <v>961</v>
+      </c>
+      <c r="BA61" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="BB61" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="62" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="35">
+        <v>52</v>
+      </c>
+      <c r="B62" s="36"/>
+      <c r="C62" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="D62" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="E62" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F62" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G62" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="H62" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="I62" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J62" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="K62" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L62" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="M62" s="7">
+        <v>33759</v>
+      </c>
+      <c r="N62" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="O62" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="P62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q62" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="R62" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="S62" s="6">
+        <v>3</v>
+      </c>
+      <c r="T62" s="9" t="s">
+        <v>985</v>
+      </c>
+      <c r="U62" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="V62" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="W62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X62" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="Y62" s="8"/>
+      <c r="Z62" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AA62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB62" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="AC62" s="9" t="s">
+        <v>989</v>
+      </c>
+      <c r="AD62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE62" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="AF62" s="8"/>
+      <c r="AG62" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AH62" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="AI62" s="9" t="s">
+        <v>986</v>
+      </c>
+      <c r="AJ62" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="AK62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL62" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="AM62" s="8"/>
+      <c r="AN62" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AO62" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="AP62" s="9" t="s">
+        <v>992</v>
+      </c>
+      <c r="AQ62" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="AR62" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS62" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="AT62" s="8"/>
+      <c r="AU62" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AV62" s="6">
+        <v>41</v>
+      </c>
+      <c r="AW62" s="6" t="s">
+        <v>995</v>
+      </c>
+      <c r="AX62" s="6" t="s">
+        <v>996</v>
+      </c>
+      <c r="AY62" s="6" t="s">
+        <v>997</v>
+      </c>
+      <c r="AZ62" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="BA62" s="6" t="s">
+        <v>998</v>
+      </c>
+      <c r="BB62" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="63" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="35">
+        <v>52</v>
+      </c>
+      <c r="B63" s="36"/>
+      <c r="C63" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="D63" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="E63" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F63" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G63" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="H63" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="I63" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J63" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="K63" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L63" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="M63" s="7">
+        <v>33759</v>
+      </c>
+      <c r="N63" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="O63" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="P63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q63" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="R63" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="S63" s="6">
+        <v>3</v>
+      </c>
+      <c r="T63" s="9" t="s">
+        <v>985</v>
+      </c>
+      <c r="U63" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="V63" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="W63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X63" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="Y63" s="8"/>
+      <c r="Z63" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AA63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB63" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="AC63" s="9" t="s">
+        <v>989</v>
+      </c>
+      <c r="AD63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE63" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="AF63" s="8"/>
+      <c r="AG63" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AH63" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="AI63" s="9" t="s">
+        <v>986</v>
+      </c>
+      <c r="AJ63" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="AK63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL63" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="AM63" s="8"/>
+      <c r="AN63" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AO63" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="AP63" s="9" t="s">
+        <v>992</v>
+      </c>
+      <c r="AQ63" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="AR63" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS63" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="AT63" s="8"/>
+      <c r="AU63" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AV63" s="6">
+        <v>42</v>
+      </c>
+      <c r="AW63" s="6" t="s">
+        <v>999</v>
+      </c>
+      <c r="AX63" s="6" t="s">
+        <v>1000</v>
+      </c>
+      <c r="AY63" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="AZ63" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="BA63" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BB63" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="64" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="35">
+        <v>52</v>
+      </c>
+      <c r="B64" s="36"/>
+      <c r="C64" s="6" t="s">
+        <v>974</v>
+      </c>
+      <c r="D64" s="6" t="s">
+        <v>975</v>
+      </c>
+      <c r="E64" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F64" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G64" s="6" t="s">
+        <v>976</v>
+      </c>
+      <c r="H64" s="6" t="s">
+        <v>977</v>
+      </c>
+      <c r="I64" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J64" s="6" t="s">
+        <v>979</v>
+      </c>
+      <c r="K64" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>980</v>
+      </c>
+      <c r="M64" s="7">
+        <v>33759</v>
+      </c>
+      <c r="N64" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="O64" s="6" t="s">
+        <v>982</v>
+      </c>
+      <c r="P64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q64" s="6" t="s">
+        <v>983</v>
+      </c>
+      <c r="R64" s="6" t="s">
+        <v>984</v>
+      </c>
+      <c r="S64" s="6">
+        <v>3</v>
+      </c>
+      <c r="T64" s="9" t="s">
+        <v>985</v>
+      </c>
+      <c r="U64" s="6" t="s">
+        <v>986</v>
+      </c>
+      <c r="V64" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="W64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X64" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="Y64" s="8"/>
+      <c r="Z64" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AA64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB64" s="6" t="s">
+        <v>988</v>
+      </c>
+      <c r="AC64" s="9" t="s">
+        <v>989</v>
+      </c>
+      <c r="AD64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE64" s="6" t="s">
+        <v>990</v>
+      </c>
+      <c r="AF64" s="8"/>
+      <c r="AG64" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AH64" s="6" t="s">
+        <v>985</v>
+      </c>
+      <c r="AI64" s="9" t="s">
+        <v>986</v>
+      </c>
+      <c r="AJ64" s="6" t="s">
+        <v>981</v>
+      </c>
+      <c r="AK64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL64" s="6" t="s">
+        <v>987</v>
+      </c>
+      <c r="AM64" s="8"/>
+      <c r="AN64" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AO64" s="6" t="s">
+        <v>991</v>
+      </c>
+      <c r="AP64" s="9" t="s">
+        <v>992</v>
+      </c>
+      <c r="AQ64" s="6" t="s">
+        <v>993</v>
+      </c>
+      <c r="AR64" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS64" s="6" t="s">
+        <v>994</v>
+      </c>
+      <c r="AT64" s="8"/>
+      <c r="AU64" s="7">
+        <v>44392</v>
+      </c>
+      <c r="AV64" s="6">
+        <v>40</v>
+      </c>
+      <c r="AW64" s="6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="AX64" s="6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="AY64" s="6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="AZ64" s="6" t="s">
+        <v>1005</v>
+      </c>
+      <c r="BA64" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="BB64" s="7">
+        <v>43193</v>
+      </c>
+    </row>
+    <row r="65" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="35">
+        <v>51</v>
+      </c>
+      <c r="B65" s="36"/>
+      <c r="C65" s="6" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D65" s="6" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E65" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F65" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G65" s="6" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H65" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I65" s="6" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J65" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K65" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L65" s="6" t="s">
+        <v>1012</v>
+      </c>
+      <c r="M65" s="7">
+        <v>36699</v>
+      </c>
+      <c r="N65" s="6" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O65" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="P65" s="6" t="s">
+        <v>1015</v>
+      </c>
+      <c r="Q65" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="R65" s="6" t="s">
+        <v>1017</v>
+      </c>
+      <c r="S65" s="6">
+        <v>1</v>
+      </c>
+      <c r="T65" s="9" t="s">
+        <v>1018</v>
+      </c>
+      <c r="U65" s="6" t="s">
+        <v>1019</v>
+      </c>
+      <c r="V65" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="W65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X65" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="Y65" s="8"/>
+      <c r="Z65" s="7">
+        <v>44742</v>
+      </c>
+      <c r="AA65" s="6" t="s">
+        <v>1021</v>
+      </c>
+      <c r="AB65" s="6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="AC65" s="9" t="s">
+        <v>1023</v>
+      </c>
+      <c r="AD65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE65" s="6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="AF65" s="8"/>
+      <c r="AG65" s="7">
+        <v>45932</v>
+      </c>
+      <c r="AH65" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="AI65" s="9" t="s">
+        <v>1019</v>
+      </c>
+      <c r="AJ65" s="6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="AK65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL65" s="6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="AM65" s="8"/>
+      <c r="AN65" s="7">
+        <v>43175</v>
+      </c>
+      <c r="AO65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP65" s="8"/>
+      <c r="AQ65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR65" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS65" s="8"/>
+      <c r="AT65" s="8"/>
+      <c r="AU65" s="8"/>
+      <c r="AV65" s="6">
+        <v>95</v>
+      </c>
+      <c r="AW65" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="AX65" s="6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="AY65" s="6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="AZ65" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="BA65" s="6" t="s">
+        <v>1009</v>
+      </c>
+      <c r="BB65" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="66" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="35">
+        <v>53</v>
+      </c>
+      <c r="B66" s="36"/>
+      <c r="C66" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D66" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E66" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F66" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G66" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H66" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I66" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="J66" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="K66" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M66" s="7">
+        <v>34248</v>
+      </c>
+      <c r="N66" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="O66" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P66" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q66" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="R66" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S66" s="6">
+        <v>2</v>
+      </c>
+      <c r="T66" s="9" t="s">
+        <v>1037</v>
+      </c>
+      <c r="U66" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="V66" s="6" t="s">
+        <v>1039</v>
+      </c>
+      <c r="W66" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X66" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="Y66" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Z66" s="7">
+        <v>43207</v>
+      </c>
+      <c r="AA66" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="AB66" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="AC66" s="9" t="s">
+        <v>1033</v>
+      </c>
+      <c r="AD66" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE66" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AF66" s="8"/>
+      <c r="AG66" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH66" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="AI66" s="9" t="s">
+        <v>1042</v>
+      </c>
+      <c r="AJ66" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="AK66" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL66" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AM66" s="8"/>
+      <c r="AN66" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AO66" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AP66" s="9" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AQ66" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="AR66" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS66" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="AT66" s="8"/>
+      <c r="AU66" s="7">
+        <v>45460</v>
+      </c>
+      <c r="AV66" s="6">
+        <v>49</v>
+      </c>
+      <c r="AW66" s="6" t="s">
+        <v>1048</v>
+      </c>
+      <c r="AX66" s="6" t="s">
+        <v>1049</v>
+      </c>
+      <c r="AY66" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="AZ66" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="BA66" s="6" t="s">
+        <v>973</v>
+      </c>
+      <c r="BB66" s="7">
+        <v>43542</v>
+      </c>
+    </row>
+    <row r="67" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="35">
+        <v>53</v>
+      </c>
+      <c r="B67" s="36"/>
+      <c r="C67" s="6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D67" s="6" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E67" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F67" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G67" s="6" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H67" s="6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I67" s="6" t="s">
+        <v>962</v>
+      </c>
+      <c r="J67" s="6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="K67" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="M67" s="7">
+        <v>34248</v>
+      </c>
+      <c r="N67" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="O67" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="P67" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q67" s="6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="R67" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S67" s="6">
+        <v>2</v>
+      </c>
+      <c r="T67" s="9" t="s">
+        <v>1037</v>
+      </c>
+      <c r="U67" s="6" t="s">
+        <v>1038</v>
+      </c>
+      <c r="V67" s="6" t="s">
+        <v>1039</v>
+      </c>
+      <c r="W67" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X67" s="6" t="s">
+        <v>1040</v>
+      </c>
+      <c r="Y67" s="6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Z67" s="7">
+        <v>43207</v>
+      </c>
+      <c r="AA67" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="AB67" s="6" t="s">
+        <v>1042</v>
+      </c>
+      <c r="AC67" s="9" t="s">
+        <v>1033</v>
+      </c>
+      <c r="AD67" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE67" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AF67" s="8"/>
+      <c r="AG67" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH67" s="6" t="s">
+        <v>1041</v>
+      </c>
+      <c r="AI67" s="9" t="s">
+        <v>1042</v>
+      </c>
+      <c r="AJ67" s="6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="AK67" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL67" s="6" t="s">
+        <v>1043</v>
+      </c>
+      <c r="AM67" s="8"/>
+      <c r="AN67" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AO67" s="6" t="s">
+        <v>1044</v>
+      </c>
+      <c r="AP67" s="9" t="s">
+        <v>1045</v>
+      </c>
+      <c r="AQ67" s="6" t="s">
+        <v>1046</v>
+      </c>
+      <c r="AR67" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS67" s="6" t="s">
+        <v>1047</v>
+      </c>
+      <c r="AT67" s="8"/>
+      <c r="AU67" s="7">
+        <v>45460</v>
+      </c>
+      <c r="AV67" s="6">
+        <v>47</v>
+      </c>
+      <c r="AW67" s="6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="AX67" s="6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="AY67" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="AZ67" s="6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="BA67" s="6" t="s">
+        <v>1054</v>
+      </c>
+      <c r="BB67" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="68" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="35">
+        <v>70</v>
+      </c>
+      <c r="B68" s="36"/>
+      <c r="C68" s="6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D68" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E68" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F68" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G68" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H68" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I68" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J68" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K68" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>1061</v>
+      </c>
+      <c r="M68" s="7">
+        <v>38128</v>
+      </c>
+      <c r="N68" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O68" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P68" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q68" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="R68" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="S68" s="6">
+        <v>2</v>
+      </c>
+      <c r="T68" s="9" t="s">
+        <v>1066</v>
+      </c>
+      <c r="U68" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="V68" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="W68" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X68" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="Y68" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="Z68" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AA68" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="AB68" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AC68" s="9" t="s">
+        <v>1072</v>
+      </c>
+      <c r="AD68" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE68" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AF68" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AG68" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AH68" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="AI68" s="9" t="s">
+        <v>1067</v>
+      </c>
+      <c r="AJ68" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="AK68" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL68" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AM68" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AN68" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AO68" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="AP68" s="9" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AQ68" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="AR68" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS68" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AT68" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AU68" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AV68" s="6">
+        <v>90</v>
+      </c>
+      <c r="AW68" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="AX68" s="6" t="s">
+        <v>1074</v>
+      </c>
+      <c r="AY68" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="AZ68" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="BA68" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="BB68" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="69" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="35">
+        <v>70</v>
+      </c>
+      <c r="B69" s="36"/>
+      <c r="C69" s="6" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D69" s="6" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E69" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F69" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G69" s="6" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H69" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I69" s="6" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J69" s="6" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K69" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L69" s="6" t="s">
+        <v>1061</v>
+      </c>
+      <c r="M69" s="7">
+        <v>38128</v>
+      </c>
+      <c r="N69" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="O69" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="P69" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q69" s="6" t="s">
+        <v>1064</v>
+      </c>
+      <c r="R69" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="S69" s="6">
+        <v>2</v>
+      </c>
+      <c r="T69" s="9" t="s">
+        <v>1066</v>
+      </c>
+      <c r="U69" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="V69" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="W69" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X69" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="Y69" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="Z69" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AA69" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="AB69" s="6" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AC69" s="9" t="s">
+        <v>1072</v>
+      </c>
+      <c r="AD69" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE69" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AF69" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AG69" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AH69" s="6" t="s">
+        <v>1066</v>
+      </c>
+      <c r="AI69" s="9" t="s">
+        <v>1067</v>
+      </c>
+      <c r="AJ69" s="6" t="s">
+        <v>1068</v>
+      </c>
+      <c r="AK69" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL69" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AM69" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AN69" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AO69" s="6" t="s">
+        <v>1070</v>
+      </c>
+      <c r="AP69" s="9" t="s">
+        <v>1071</v>
+      </c>
+      <c r="AQ69" s="6" t="s">
+        <v>1072</v>
+      </c>
+      <c r="AR69" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS69" s="6" t="s">
+        <v>1069</v>
+      </c>
+      <c r="AT69" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="AU69" s="7">
+        <v>45926</v>
+      </c>
+      <c r="AV69" s="6">
+        <v>89</v>
+      </c>
+      <c r="AW69" s="6" t="s">
+        <v>1073</v>
+      </c>
+      <c r="AX69" s="6" t="s">
+        <v>1075</v>
+      </c>
+      <c r="AY69" s="6" t="s">
+        <v>1076</v>
+      </c>
+      <c r="AZ69" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="BA69" s="6" t="s">
+        <v>1058</v>
+      </c>
+      <c r="BB69" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="70" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="35">
+        <v>109</v>
+      </c>
+      <c r="B70" s="36"/>
+      <c r="C70" s="6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D70" s="6" t="s">
+        <v>1078</v>
+      </c>
+      <c r="E70" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F70" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G70" s="6" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I70" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J70" s="6" t="s">
+        <v>1080</v>
+      </c>
+      <c r="K70" s="7">
+        <v>44628</v>
+      </c>
+      <c r="L70" s="6" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M70" s="7">
+        <v>38028</v>
+      </c>
+      <c r="N70" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="O70" s="6" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q70" s="6" t="s">
+        <v>1084</v>
+      </c>
+      <c r="R70" s="6" t="s">
+        <v>1085</v>
+      </c>
+      <c r="S70" s="6">
+        <v>1</v>
+      </c>
+      <c r="T70" s="9" t="s">
+        <v>1086</v>
+      </c>
+      <c r="U70" s="6" t="s">
+        <v>1087</v>
+      </c>
+      <c r="V70" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="W70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X70" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="Y70" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="Z70" s="7">
+        <v>44638</v>
+      </c>
+      <c r="AA70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB70" s="8"/>
+      <c r="AC70" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE70" s="8"/>
+      <c r="AF70" s="8"/>
+      <c r="AG70" s="8"/>
+      <c r="AH70" s="6" t="s">
+        <v>1086</v>
+      </c>
+      <c r="AI70" s="9" t="s">
+        <v>1087</v>
+      </c>
+      <c r="AJ70" s="6" t="s">
+        <v>1082</v>
+      </c>
+      <c r="AK70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL70" s="6" t="s">
+        <v>1088</v>
+      </c>
+      <c r="AM70" s="6" t="s">
+        <v>1089</v>
+      </c>
+      <c r="AN70" s="7">
+        <v>44638</v>
+      </c>
+      <c r="AO70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP70" s="8"/>
+      <c r="AQ70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR70" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS70" s="8"/>
+      <c r="AT70" s="8"/>
+      <c r="AU70" s="8"/>
+      <c r="AV70" s="6">
+        <v>140</v>
+      </c>
+      <c r="AW70" s="6" t="s">
+        <v>1090</v>
+      </c>
+      <c r="AX70" s="6" t="s">
+        <v>1091</v>
+      </c>
+      <c r="AY70" s="6" t="s">
+        <v>1092</v>
+      </c>
+      <c r="AZ70" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BA70" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BB70" s="7">
+        <v>44628</v>
+      </c>
+    </row>
+    <row r="71" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="35">
+        <v>55</v>
+      </c>
+      <c r="B71" s="36"/>
+      <c r="C71" s="6" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D71" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E71" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F71" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G71" s="6" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I71" s="6" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J71" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="K71" s="7">
+        <v>43173</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M71" s="7">
+        <v>43082</v>
+      </c>
+      <c r="N71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q71" s="6" t="s">
+        <v>1100</v>
+      </c>
+      <c r="R71" s="6" t="s">
+        <v>1101</v>
+      </c>
+      <c r="S71" s="6">
+        <v>1</v>
+      </c>
+      <c r="T71" s="9" t="s">
+        <v>1102</v>
+      </c>
+      <c r="U71" s="6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="V71" s="6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="W71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X71" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="Y71" s="8"/>
+      <c r="Z71" s="7">
+        <v>43186</v>
+      </c>
+      <c r="AA71" s="6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="AB71" s="6" t="s">
+        <v>1107</v>
+      </c>
+      <c r="AC71" s="9" t="s">
+        <v>1108</v>
+      </c>
+      <c r="AD71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE71" s="6" t="s">
+        <v>1109</v>
+      </c>
+      <c r="AF71" s="8"/>
+      <c r="AG71" s="7">
+        <v>43186</v>
+      </c>
+      <c r="AH71" s="6" t="s">
+        <v>1110</v>
+      </c>
+      <c r="AI71" s="9" t="s">
+        <v>1111</v>
+      </c>
+      <c r="AJ71" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="AK71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL71" s="6" t="s">
+        <v>1112</v>
+      </c>
+      <c r="AM71" s="8"/>
+      <c r="AN71" s="7">
+        <v>43186</v>
+      </c>
+      <c r="AO71" s="6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="AP71" s="9" t="s">
+        <v>1103</v>
+      </c>
+      <c r="AQ71" s="6" t="s">
+        <v>1108</v>
+      </c>
+      <c r="AR71" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS71" s="6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="AT71" s="8"/>
+      <c r="AU71" s="7">
+        <v>43186</v>
+      </c>
+      <c r="AV71" s="6">
+        <v>113</v>
+      </c>
+      <c r="AW71" s="6" t="s">
+        <v>1094</v>
+      </c>
+      <c r="AX71" s="6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="AY71" s="6" t="s">
+        <v>1098</v>
+      </c>
+      <c r="AZ71" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="BA71" s="6" t="s">
+        <v>1096</v>
+      </c>
+      <c r="BB71" s="7">
+        <v>43173</v>
+      </c>
+    </row>
+    <row r="72" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="35">
+        <v>56</v>
+      </c>
+      <c r="B72" s="36"/>
+      <c r="C72" s="6" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E72" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F72" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G72" s="6" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I72" s="6" t="s">
+        <v>455</v>
+      </c>
+      <c r="J72" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="K72" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L72" s="6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="M72" s="7">
+        <v>41002</v>
+      </c>
+      <c r="N72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="O72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q72" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="R72" s="6" t="s">
+        <v>1121</v>
+      </c>
+      <c r="S72" s="6">
+        <v>1</v>
+      </c>
+      <c r="T72" s="9" t="s">
+        <v>1122</v>
+      </c>
+      <c r="U72" s="6" t="s">
+        <v>1123</v>
+      </c>
+      <c r="V72" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="W72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X72" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Y72" s="8"/>
+      <c r="Z72" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AA72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB72" s="8"/>
+      <c r="AC72" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE72" s="8"/>
+      <c r="AF72" s="8"/>
+      <c r="AG72" s="8"/>
+      <c r="AH72" s="6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AI72" s="9" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AJ72" s="6" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AK72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL72" s="6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AM72" s="8"/>
+      <c r="AN72" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AO72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP72" s="8"/>
+      <c r="AQ72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR72" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS72" s="8"/>
+      <c r="AT72" s="8"/>
+      <c r="AU72" s="8"/>
+      <c r="AV72" s="6">
+        <v>97</v>
+      </c>
+      <c r="AW72" s="6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="AX72" s="6" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AY72" s="6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="AZ72" s="6" t="s">
+        <v>1117</v>
+      </c>
+      <c r="BA72" s="6" t="s">
+        <v>473</v>
+      </c>
+      <c r="BB72" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="73" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="35">
+        <v>57</v>
+      </c>
+      <c r="B73" s="36"/>
+      <c r="C73" s="6" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I73" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J73" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="K73" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M73" s="7">
+        <v>42492</v>
+      </c>
+      <c r="N73" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="O73" s="6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P73" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q73" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="R73" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="S73" s="6">
+        <v>1</v>
+      </c>
+      <c r="T73" s="9" t="s">
+        <v>1137</v>
+      </c>
+      <c r="U73" s="6" t="s">
+        <v>1138</v>
+      </c>
+      <c r="V73" s="6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="W73" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X73" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="Y73" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="Z73" s="7">
+        <v>45334</v>
+      </c>
+      <c r="AA73" s="6" t="s">
+        <v>1140</v>
+      </c>
+      <c r="AB73" s="6" t="s">
+        <v>1141</v>
+      </c>
+      <c r="AC73" s="9" t="s">
+        <v>1142</v>
+      </c>
+      <c r="AD73" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE73" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="AF73" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="AG73" s="7">
+        <v>44660</v>
+      </c>
+      <c r="AH73" s="6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="AI73" s="9" t="s">
+        <v>1144</v>
+      </c>
+      <c r="AJ73" s="6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="AK73" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL73" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="AM73" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="AN73" s="7">
+        <v>44660</v>
+      </c>
+      <c r="AO73" s="6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="AP73" s="9" t="s">
+        <v>1147</v>
+      </c>
+      <c r="AQ73" s="6" t="s">
+        <v>1148</v>
+      </c>
+      <c r="AR73" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS73" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="AT73" s="6" t="s">
+        <v>1136</v>
+      </c>
+      <c r="AU73" s="7">
+        <v>45334</v>
+      </c>
+      <c r="AV73" s="6">
+        <v>9</v>
+      </c>
+      <c r="AW73" s="6" t="s">
+        <v>1149</v>
+      </c>
+      <c r="AX73" s="6" t="s">
+        <v>1150</v>
+      </c>
+      <c r="AY73" s="6" t="s">
+        <v>1131</v>
+      </c>
+      <c r="AZ73" s="6" t="s">
+        <v>1129</v>
+      </c>
+      <c r="BA73" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="BB73" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="74" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="35">
+        <v>60</v>
+      </c>
+      <c r="B74" s="36"/>
+      <c r="C74" s="6" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D74" s="6" t="s">
+        <v>1153</v>
+      </c>
+      <c r="E74" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F74" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G74" s="6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I74" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J74" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K74" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>1156</v>
+      </c>
+      <c r="M74" s="7">
+        <v>43053</v>
+      </c>
+      <c r="N74" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="O74" s="6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="P74" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q74" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="R74" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="S74" s="6">
+        <v>1</v>
+      </c>
+      <c r="T74" s="9" t="s">
+        <v>1161</v>
+      </c>
+      <c r="U74" s="6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="V74" s="6" t="s">
+        <v>1157</v>
+      </c>
+      <c r="W74" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X74" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="Y74" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="Z74" s="7">
+        <v>45082</v>
+      </c>
+      <c r="AA74" s="6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="AB74" s="6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="AC74" s="9" t="s">
+        <v>1165</v>
+      </c>
+      <c r="AD74" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE74" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="AF74" s="8"/>
+      <c r="AG74" s="7">
+        <v>45082</v>
+      </c>
+      <c r="AH74" s="6" t="s">
+        <v>1167</v>
+      </c>
+      <c r="AI74" s="9" t="s">
+        <v>1168</v>
+      </c>
+      <c r="AJ74" s="6" t="s">
+        <v>1169</v>
+      </c>
+      <c r="AK74" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL74" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="AM74" s="6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="AN74" s="7">
+        <v>45082</v>
+      </c>
+      <c r="AO74" s="6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="AP74" s="9" t="s">
+        <v>1170</v>
+      </c>
+      <c r="AQ74" s="6" t="s">
+        <v>1171</v>
+      </c>
+      <c r="AR74" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS74" s="6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="AT74" s="8"/>
+      <c r="AU74" s="7">
+        <v>45082</v>
+      </c>
+      <c r="AV74" s="6">
+        <v>73</v>
+      </c>
+      <c r="AW74" s="6" t="s">
+        <v>1172</v>
+      </c>
+      <c r="AX74" s="6" t="s">
+        <v>1173</v>
+      </c>
+      <c r="AY74" s="6" t="s">
+        <v>1155</v>
+      </c>
+      <c r="AZ74" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BA74" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BB74" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="75" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="35">
+        <v>61</v>
+      </c>
+      <c r="B75" s="36"/>
+      <c r="C75" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D75" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E75" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F75" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G75" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I75" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="J75" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K75" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M75" s="7">
+        <v>40771</v>
+      </c>
+      <c r="N75" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="O75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q75" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="R75" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="S75" s="6">
+        <v>2</v>
+      </c>
+      <c r="T75" s="9" t="s">
+        <v>1184</v>
+      </c>
+      <c r="U75" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="V75" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="W75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X75" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="Y75" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="Z75" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AA75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB75" s="8"/>
+      <c r="AC75" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE75" s="8"/>
+      <c r="AF75" s="8"/>
+      <c r="AG75" s="8"/>
+      <c r="AH75" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AI75" s="9" t="s">
+        <v>1185</v>
+      </c>
+      <c r="AJ75" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="AK75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL75" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="AM75" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="AN75" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AO75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP75" s="8"/>
+      <c r="AQ75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR75" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS75" s="8"/>
+      <c r="AT75" s="8"/>
+      <c r="AU75" s="8"/>
+      <c r="AV75" s="6">
+        <v>144</v>
+      </c>
+      <c r="AW75" s="6" t="s">
+        <v>1187</v>
+      </c>
+      <c r="AX75" s="6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="AY75" s="6" t="s">
+        <v>1189</v>
+      </c>
+      <c r="AZ75" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="BA75" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="BB75" s="7">
+        <v>44963</v>
+      </c>
+    </row>
+    <row r="76" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="35">
+        <v>61</v>
+      </c>
+      <c r="B76" s="36"/>
+      <c r="C76" s="6" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D76" s="6" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E76" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F76" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G76" s="6" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="I76" s="6" t="s">
+        <v>1178</v>
+      </c>
+      <c r="J76" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="K76" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="M76" s="7">
+        <v>40771</v>
+      </c>
+      <c r="N76" s="6" t="s">
+        <v>1181</v>
+      </c>
+      <c r="O76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q76" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="R76" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="S76" s="6">
+        <v>2</v>
+      </c>
+      <c r="T76" s="9" t="s">
+        <v>1184</v>
+      </c>
+      <c r="U76" s="6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="V76" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="W76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X76" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="Y76" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="Z76" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AA76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB76" s="8"/>
+      <c r="AC76" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE76" s="8"/>
+      <c r="AF76" s="8"/>
+      <c r="AG76" s="8"/>
+      <c r="AH76" s="6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="AI76" s="9" t="s">
+        <v>1185</v>
+      </c>
+      <c r="AJ76" s="6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="AK76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL76" s="6" t="s">
+        <v>1182</v>
+      </c>
+      <c r="AM76" s="6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="AN76" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AO76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP76" s="8"/>
+      <c r="AQ76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR76" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS76" s="8"/>
+      <c r="AT76" s="8"/>
+      <c r="AU76" s="8"/>
+      <c r="AV76" s="6">
+        <v>72</v>
+      </c>
+      <c r="AW76" s="6" t="s">
+        <v>1190</v>
+      </c>
+      <c r="AX76" s="6" t="s">
+        <v>1191</v>
+      </c>
+      <c r="AY76" s="6" t="s">
+        <v>1179</v>
+      </c>
+      <c r="AZ76" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="BA76" s="6" t="s">
+        <v>1177</v>
+      </c>
+      <c r="BB76" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="77" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="35">
+        <v>62</v>
+      </c>
+      <c r="B77" s="36"/>
+      <c r="C77" s="6" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D77" s="6" t="s">
+        <v>1193</v>
+      </c>
+      <c r="E77" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F77" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G77" s="6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>1195</v>
+      </c>
+      <c r="I77" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="J77" s="6" t="s">
+        <v>1196</v>
+      </c>
+      <c r="K77" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>1197</v>
+      </c>
+      <c r="M77" s="7">
+        <v>39146</v>
+      </c>
+      <c r="N77" s="6" t="s">
+        <v>1198</v>
+      </c>
+      <c r="O77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q77" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="R77" s="6" t="s">
+        <v>1200</v>
+      </c>
+      <c r="S77" s="6">
+        <v>1</v>
+      </c>
+      <c r="T77" s="9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="U77" s="6" t="s">
+        <v>1202</v>
+      </c>
+      <c r="V77" s="6" t="s">
+        <v>1203</v>
+      </c>
+      <c r="W77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X77" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="Y77" s="8"/>
+      <c r="Z77" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AA77" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="AB77" s="6" t="s">
+        <v>1205</v>
+      </c>
+      <c r="AC77" s="9" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AD77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE77" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="AF77" s="8"/>
+      <c r="AG77" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AH77" s="6" t="s">
+        <v>1204</v>
+      </c>
+      <c r="AI77" s="9" t="s">
+        <v>1205</v>
+      </c>
+      <c r="AJ77" s="6" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AK77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL77" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="AM77" s="8"/>
+      <c r="AN77" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AO77" s="6" t="s">
+        <v>1207</v>
+      </c>
+      <c r="AP77" s="9" t="s">
+        <v>1208</v>
+      </c>
+      <c r="AQ77" s="6" t="s">
+        <v>1206</v>
+      </c>
+      <c r="AR77" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS77" s="6" t="s">
+        <v>1199</v>
+      </c>
+      <c r="AT77" s="8"/>
+      <c r="AU77" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AV77" s="6">
+        <v>101</v>
+      </c>
+      <c r="AW77" s="6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="AX77" s="6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="AY77" s="6" t="s">
+        <v>1211</v>
+      </c>
+      <c r="AZ77" s="6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="BA77" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="BB77" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="78" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="35">
+        <v>102</v>
+      </c>
+      <c r="B78" s="36"/>
+      <c r="C78" s="6" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D78" s="6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="E78" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F78" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G78" s="6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I78" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="J78" s="6" t="s">
+        <v>1217</v>
+      </c>
+      <c r="K78" s="7">
+        <v>40129</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M78" s="7">
+        <v>43509</v>
+      </c>
+      <c r="N78" s="6" t="s">
+        <v>874</v>
+      </c>
+      <c r="O78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P78" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="Q78" s="6" t="s">
+        <v>876</v>
+      </c>
+      <c r="R78" s="6" t="s">
+        <v>1219</v>
+      </c>
+      <c r="S78" s="6">
+        <v>1</v>
+      </c>
+      <c r="T78" s="9" t="s">
+        <v>878</v>
+      </c>
+      <c r="U78" s="6" t="s">
+        <v>879</v>
+      </c>
+      <c r="V78" s="6" t="s">
+        <v>880</v>
+      </c>
+      <c r="W78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X78" s="6" t="s">
+        <v>881</v>
+      </c>
+      <c r="Y78" s="8"/>
+      <c r="Z78" s="7">
+        <v>45618</v>
+      </c>
+      <c r="AA78" s="6" t="s">
+        <v>1220</v>
+      </c>
+      <c r="AB78" s="6" t="s">
+        <v>1221</v>
+      </c>
+      <c r="AC78" s="9" t="s">
+        <v>1222</v>
+      </c>
+      <c r="AD78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE78" s="6" t="s">
+        <v>1223</v>
+      </c>
+      <c r="AF78" s="8"/>
+      <c r="AG78" s="7">
+        <v>45618</v>
+      </c>
+      <c r="AH78" s="6" t="s">
+        <v>1224</v>
+      </c>
+      <c r="AI78" s="9" t="s">
+        <v>1225</v>
+      </c>
+      <c r="AJ78" s="6" t="s">
+        <v>1226</v>
+      </c>
+      <c r="AK78" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="AL78" s="6" t="s">
+        <v>1227</v>
+      </c>
+      <c r="AM78" s="6" t="s">
+        <v>1219</v>
+      </c>
+      <c r="AN78" s="7">
+        <v>45618</v>
+      </c>
+      <c r="AO78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP78" s="8"/>
+      <c r="AQ78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR78" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS78" s="8"/>
+      <c r="AT78" s="8"/>
+      <c r="AU78" s="8"/>
+      <c r="AV78" s="6">
         <v>123</v>
       </c>
-      <c r="BA8" s="7" t="s">
-[...3 lines deleted...]
-        <v>44238</v>
+      <c r="AW78" s="6" t="s">
+        <v>1228</v>
+      </c>
+      <c r="AX78" s="6" t="s">
+        <v>1229</v>
+      </c>
+      <c r="AY78" s="6" t="s">
+        <v>1230</v>
+      </c>
+      <c r="AZ78" s="6" t="s">
+        <v>1231</v>
+      </c>
+      <c r="BA78" s="6" t="s">
+        <v>1231</v>
+      </c>
+      <c r="BB78" s="7">
+        <v>40129</v>
       </c>
     </row>
-    <row r="9" spans="1:54" ht="24.2" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="9">
+    <row r="79" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="35">
+        <v>63</v>
+      </c>
+      <c r="B79" s="36"/>
+      <c r="C79" s="6" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D79" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="E79" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F79" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G79" s="6" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I79" s="6" t="s">
+        <v>1130</v>
+      </c>
+      <c r="J79" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K79" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L79" s="6" t="s">
+        <v>1236</v>
+      </c>
+      <c r="M79" s="7">
+        <v>37788</v>
+      </c>
+      <c r="N79" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="O79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q79" s="6" t="s">
+        <v>1238</v>
+      </c>
+      <c r="R79" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="S79" s="6">
+        <v>1</v>
+      </c>
+      <c r="T79" s="9" t="s">
+        <v>1240</v>
+      </c>
+      <c r="U79" s="6" t="s">
+        <v>1241</v>
+      </c>
+      <c r="V79" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="W79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X79" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Y79" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Z79" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AA79" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="AB79" s="6" t="s">
+        <v>1244</v>
+      </c>
+      <c r="AC79" s="9" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AD79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE79" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="AF79" s="8"/>
+      <c r="AG79" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AH79" s="6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="AI79" s="9" t="s">
+        <v>1241</v>
+      </c>
+      <c r="AJ79" s="6" t="s">
+        <v>1237</v>
+      </c>
+      <c r="AK79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL79" s="6" t="s">
+        <v>1242</v>
+      </c>
+      <c r="AM79" s="6" t="s">
+        <v>1239</v>
+      </c>
+      <c r="AN79" s="7">
+        <v>43178</v>
+      </c>
+      <c r="AO79" s="6" t="s">
+        <v>1243</v>
+      </c>
+      <c r="AP79" s="9" t="s">
+        <v>1244</v>
+      </c>
+      <c r="AQ79" s="6" t="s">
+        <v>1245</v>
+      </c>
+      <c r="AR79" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS79" s="6" t="s">
+        <v>1246</v>
+      </c>
+      <c r="AT79" s="8"/>
+      <c r="AU79" s="7">
+        <v>44295</v>
+      </c>
+      <c r="AV79" s="6">
+        <v>2</v>
+      </c>
+      <c r="AW79" s="6" t="s">
+        <v>1233</v>
+      </c>
+      <c r="AX79" s="6" t="s">
+        <v>1247</v>
+      </c>
+      <c r="AY79" s="6" t="s">
+        <v>1235</v>
+      </c>
+      <c r="AZ79" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="BA79" s="6" t="s">
+        <v>1151</v>
+      </c>
+      <c r="BB79" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="80" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="35">
+        <v>3</v>
+      </c>
+      <c r="B80" s="36"/>
+      <c r="C80" s="6" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D80" s="6" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E80" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F80" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G80" s="6" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="I80" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="J80" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="K80" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L80" s="6" t="s">
+        <v>1251</v>
+      </c>
+      <c r="M80" s="7">
+        <v>40605</v>
+      </c>
+      <c r="N80" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="O80" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="P80" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="Q80" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="R80" s="6" t="s">
+        <v>1255</v>
+      </c>
+      <c r="S80" s="6">
+        <v>1</v>
+      </c>
+      <c r="T80" s="9" t="s">
+        <v>1256</v>
+      </c>
+      <c r="U80" s="6" t="s">
+        <v>1257</v>
+      </c>
+      <c r="V80" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="W80" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X80" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Y80" s="8"/>
+      <c r="Z80" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AA80" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="AB80" s="6" t="s">
+        <v>1259</v>
+      </c>
+      <c r="AC80" s="9" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AD80" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE80" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="AF80" s="8"/>
+      <c r="AG80" s="7">
+        <v>44641</v>
+      </c>
+      <c r="AH80" s="6" t="s">
+        <v>1256</v>
+      </c>
+      <c r="AI80" s="9" t="s">
+        <v>1257</v>
+      </c>
+      <c r="AJ80" s="6" t="s">
+        <v>1252</v>
+      </c>
+      <c r="AK80" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL80" s="6" t="s">
+        <v>1254</v>
+      </c>
+      <c r="AM80" s="8"/>
+      <c r="AN80" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AO80" s="6" t="s">
+        <v>1258</v>
+      </c>
+      <c r="AP80" s="9" t="s">
+        <v>1259</v>
+      </c>
+      <c r="AQ80" s="6" t="s">
+        <v>1253</v>
+      </c>
+      <c r="AR80" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS80" s="6" t="s">
+        <v>1260</v>
+      </c>
+      <c r="AT80" s="8"/>
+      <c r="AU80" s="7">
+        <v>44641</v>
+      </c>
+      <c r="AV80" s="6">
+        <v>19</v>
+      </c>
+      <c r="AW80" s="6" t="s">
+        <v>1261</v>
+      </c>
+      <c r="AX80" s="6" t="s">
+        <v>1262</v>
+      </c>
+      <c r="AY80" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="AZ80" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="BA80" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="BB80" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="81" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="35">
+        <v>93</v>
+      </c>
+      <c r="B81" s="36"/>
+      <c r="C81" s="6" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D81" s="6" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E81" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F81" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" s="6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I81" s="6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J81" s="6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="K81" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L81" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M81" s="7">
+        <v>41684</v>
+      </c>
+      <c r="N81" s="6" t="s">
+        <v>1270</v>
+      </c>
+      <c r="O81" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="P81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q81" s="6" t="s">
+        <v>1272</v>
+      </c>
+      <c r="R81" s="6" t="s">
+        <v>1273</v>
+      </c>
+      <c r="S81" s="6">
+        <v>1</v>
+      </c>
+      <c r="T81" s="9" t="s">
+        <v>1274</v>
+      </c>
+      <c r="U81" s="6" t="s">
+        <v>1275</v>
+      </c>
+      <c r="V81" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="W81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X81" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="Y81" s="8"/>
+      <c r="Z81" s="7">
+        <v>44595</v>
+      </c>
+      <c r="AA81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB81" s="8"/>
+      <c r="AC81" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE81" s="8"/>
+      <c r="AF81" s="8"/>
+      <c r="AG81" s="8"/>
+      <c r="AH81" s="6" t="s">
+        <v>1274</v>
+      </c>
+      <c r="AI81" s="9" t="s">
+        <v>1275</v>
+      </c>
+      <c r="AJ81" s="6" t="s">
+        <v>1271</v>
+      </c>
+      <c r="AK81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL81" s="6" t="s">
+        <v>1276</v>
+      </c>
+      <c r="AM81" s="8"/>
+      <c r="AN81" s="7">
+        <v>44595</v>
+      </c>
+      <c r="AO81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP81" s="8"/>
+      <c r="AQ81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR81" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS81" s="8"/>
+      <c r="AT81" s="8"/>
+      <c r="AU81" s="8"/>
+      <c r="AV81" s="6">
+        <v>3</v>
+      </c>
+      <c r="AW81" s="6" t="s">
+        <v>1277</v>
+      </c>
+      <c r="AX81" s="6" t="s">
+        <v>1278</v>
+      </c>
+      <c r="AY81" s="6" t="s">
+        <v>1279</v>
+      </c>
+      <c r="AZ81" s="6" t="s">
+        <v>1280</v>
+      </c>
+      <c r="BA81" s="6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="BB81" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="82" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="35">
+        <v>66</v>
+      </c>
+      <c r="B82" s="36"/>
+      <c r="C82" s="6" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>1282</v>
+      </c>
+      <c r="E82" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F82" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G82" s="6" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="I82" s="6" t="s">
+        <v>940</v>
+      </c>
+      <c r="J82" s="6" t="s">
+        <v>1284</v>
+      </c>
+      <c r="K82" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L82" s="6" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M82" s="7">
+        <v>40805</v>
+      </c>
+      <c r="N82" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="O82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q82" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="R82" s="6" t="s">
+        <v>1288</v>
+      </c>
+      <c r="S82" s="6">
+        <v>1</v>
+      </c>
+      <c r="T82" s="9" t="s">
+        <v>1289</v>
+      </c>
+      <c r="U82" s="6" t="s">
+        <v>1290</v>
+      </c>
+      <c r="V82" s="6" t="s">
+        <v>1286</v>
+      </c>
+      <c r="W82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X82" s="6" t="s">
+        <v>1287</v>
+      </c>
+      <c r="Y82" s="8"/>
+      <c r="Z82" s="7">
+        <v>43859</v>
+      </c>
+      <c r="AA82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB82" s="8"/>
+      <c r="AC82" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE82" s="8"/>
+      <c r="AF82" s="8"/>
+      <c r="AG82" s="8"/>
+      <c r="AH82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AI82" s="8"/>
+      <c r="AJ82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AK82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL82" s="8"/>
+      <c r="AM82" s="8"/>
+      <c r="AN82" s="8"/>
+      <c r="AO82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP82" s="8"/>
+      <c r="AQ82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR82" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS82" s="8"/>
+      <c r="AT82" s="8"/>
+      <c r="AU82" s="8"/>
+      <c r="AV82" s="6">
+        <v>4</v>
+      </c>
+      <c r="AW82" s="6" t="s">
+        <v>1291</v>
+      </c>
+      <c r="AX82" s="6" t="s">
+        <v>1292</v>
+      </c>
+      <c r="AY82" s="6" t="s">
+        <v>1293</v>
+      </c>
+      <c r="AZ82" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="BA82" s="6" t="s">
+        <v>957</v>
+      </c>
+      <c r="BB82" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="83" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="35">
+        <v>113</v>
+      </c>
+      <c r="B83" s="36"/>
+      <c r="C83" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E83" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F83" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G83" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I83" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J83" s="6" t="s">
+        <v>1298</v>
+      </c>
+      <c r="K83" s="7">
+        <v>45946</v>
+      </c>
+      <c r="L83" s="6" t="s">
+        <v>1299</v>
+      </c>
+      <c r="M83" s="7">
+        <v>43048</v>
+      </c>
+      <c r="N83" s="6" t="s">
+        <v>1300</v>
+      </c>
+      <c r="O83" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="P83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q83" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="R83" s="6" t="s">
+        <v>1303</v>
+      </c>
+      <c r="S83" s="6">
+        <v>1</v>
+      </c>
+      <c r="T83" s="9" t="s">
+        <v>1304</v>
+      </c>
+      <c r="U83" s="6" t="s">
+        <v>1305</v>
+      </c>
+      <c r="V83" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="W83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X83" s="6" t="s">
+        <v>1306</v>
+      </c>
+      <c r="Y83" s="8"/>
+      <c r="Z83" s="7">
+        <v>45986</v>
+      </c>
+      <c r="AA83" s="6" t="s">
+        <v>1307</v>
+      </c>
+      <c r="AB83" s="6" t="s">
+        <v>1308</v>
+      </c>
+      <c r="AC83" s="9" t="s">
+        <v>1300</v>
+      </c>
+      <c r="AD83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE83" s="6" t="s">
+        <v>1302</v>
+      </c>
+      <c r="AF83" s="8"/>
+      <c r="AG83" s="7">
+        <v>45946</v>
+      </c>
+      <c r="AH83" s="6" t="s">
+        <v>1309</v>
+      </c>
+      <c r="AI83" s="9" t="s">
+        <v>1310</v>
+      </c>
+      <c r="AJ83" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AK83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL83" s="6" t="s">
+        <v>1311</v>
+      </c>
+      <c r="AM83" s="8"/>
+      <c r="AN83" s="7">
+        <v>45986</v>
+      </c>
+      <c r="AO83" s="6" t="s">
+        <v>1312</v>
+      </c>
+      <c r="AP83" s="9" t="s">
+        <v>1313</v>
+      </c>
+      <c r="AQ83" s="6" t="s">
+        <v>1301</v>
+      </c>
+      <c r="AR83" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS83" s="6" t="s">
+        <v>1314</v>
+      </c>
+      <c r="AT83" s="8"/>
+      <c r="AU83" s="7">
+        <v>45986</v>
+      </c>
+      <c r="AV83" s="6">
+        <v>149</v>
+      </c>
+      <c r="AW83" s="6" t="s">
+        <v>1315</v>
+      </c>
+      <c r="AX83" s="6" t="s">
+        <v>1316</v>
+      </c>
+      <c r="AY83" s="6" t="s">
+        <v>1317</v>
+      </c>
+      <c r="AZ83" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BA83" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BB83" s="7">
+        <v>45962</v>
+      </c>
+    </row>
+    <row r="84" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="35">
+        <v>110</v>
+      </c>
+      <c r="B84" s="36"/>
+      <c r="C84" s="6" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D84" s="6" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E84" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F84" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G84" s="6" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H84" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I84" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="J84" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="K84" s="7">
+        <v>44650</v>
+      </c>
+      <c r="L84" s="6" t="s">
+        <v>1323</v>
+      </c>
+      <c r="M84" s="7">
+        <v>39317</v>
+      </c>
+      <c r="N84" s="6" t="s">
+        <v>1324</v>
+      </c>
+      <c r="O84" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="P84" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="Q84" s="6" t="s">
+        <v>1326</v>
+      </c>
+      <c r="R84" s="6" t="s">
+        <v>1327</v>
+      </c>
+      <c r="S84" s="6">
+        <v>1</v>
+      </c>
+      <c r="T84" s="9" t="s">
+        <v>1328</v>
+      </c>
+      <c r="U84" s="6" t="s">
+        <v>1329</v>
+      </c>
+      <c r="V84" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="W84" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X84" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="Y84" s="8"/>
+      <c r="Z84" s="7">
+        <v>44651</v>
+      </c>
+      <c r="AA84" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="AB84" s="6" t="s">
+        <v>1333</v>
+      </c>
+      <c r="AC84" s="9" t="s">
+        <v>1334</v>
+      </c>
+      <c r="AD84" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE84" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AF84" s="8"/>
+      <c r="AG84" s="7">
+        <v>44651</v>
+      </c>
+      <c r="AH84" s="6" t="s">
+        <v>1328</v>
+      </c>
+      <c r="AI84" s="9" t="s">
+        <v>1329</v>
+      </c>
+      <c r="AJ84" s="6" t="s">
+        <v>1330</v>
+      </c>
+      <c r="AK84" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL84" s="6" t="s">
+        <v>1331</v>
+      </c>
+      <c r="AM84" s="8"/>
+      <c r="AN84" s="7">
+        <v>44651</v>
+      </c>
+      <c r="AO84" s="6" t="s">
+        <v>1332</v>
+      </c>
+      <c r="AP84" s="9" t="s">
+        <v>1333</v>
+      </c>
+      <c r="AQ84" s="6" t="s">
+        <v>1334</v>
+      </c>
+      <c r="AR84" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS84" s="6" t="s">
+        <v>1335</v>
+      </c>
+      <c r="AT84" s="8"/>
+      <c r="AU84" s="7">
+        <v>44651</v>
+      </c>
+      <c r="AV84" s="6">
+        <v>141</v>
+      </c>
+      <c r="AW84" s="6" t="s">
+        <v>1336</v>
+      </c>
+      <c r="AX84" s="6" t="s">
+        <v>1337</v>
+      </c>
+      <c r="AY84" s="6" t="s">
+        <v>1322</v>
+      </c>
+      <c r="AZ84" s="6" t="s">
+        <v>1321</v>
+      </c>
+      <c r="BA84" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="BB84" s="7">
+        <v>39317</v>
+      </c>
+    </row>
+    <row r="85" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="35">
+        <v>67</v>
+      </c>
+      <c r="B85" s="36"/>
+      <c r="C85" s="6" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D85" s="6" t="s">
+        <v>1339</v>
+      </c>
+      <c r="E85" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F85" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G85" s="6" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="I85" s="6" t="s">
+        <v>871</v>
+      </c>
+      <c r="J85" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K85" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L85" s="6" t="s">
+        <v>1343</v>
+      </c>
+      <c r="M85" s="7">
+        <v>40071</v>
+      </c>
+      <c r="N85" s="6" t="s">
+        <v>1344</v>
+      </c>
+      <c r="O85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q85" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="R85" s="6" t="s">
+        <v>1346</v>
+      </c>
+      <c r="S85" s="6">
+        <v>1</v>
+      </c>
+      <c r="T85" s="9" t="s">
+        <v>1347</v>
+      </c>
+      <c r="U85" s="6" t="s">
+        <v>1348</v>
+      </c>
+      <c r="V85" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="W85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X85" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="Y85" s="8"/>
+      <c r="Z85" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AA85" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="AB85" s="6" t="s">
+        <v>1351</v>
+      </c>
+      <c r="AC85" s="9" t="s">
+        <v>1352</v>
+      </c>
+      <c r="AD85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE85" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="AF85" s="8"/>
+      <c r="AG85" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AH85" s="6" t="s">
+        <v>1347</v>
+      </c>
+      <c r="AI85" s="9" t="s">
+        <v>1348</v>
+      </c>
+      <c r="AJ85" s="6" t="s">
+        <v>1349</v>
+      </c>
+      <c r="AK85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL85" s="6" t="s">
+        <v>1345</v>
+      </c>
+      <c r="AM85" s="8"/>
+      <c r="AN85" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AO85" s="6" t="s">
+        <v>1350</v>
+      </c>
+      <c r="AP85" s="9" t="s">
+        <v>1351</v>
+      </c>
+      <c r="AQ85" s="6" t="s">
+        <v>1352</v>
+      </c>
+      <c r="AR85" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS85" s="6" t="s">
+        <v>1353</v>
+      </c>
+      <c r="AT85" s="8"/>
+      <c r="AU85" s="7">
+        <v>43168</v>
+      </c>
+      <c r="AV85" s="6">
+        <v>84</v>
+      </c>
+      <c r="AW85" s="6" t="s">
+        <v>1354</v>
+      </c>
+      <c r="AX85" s="6" t="s">
+        <v>1355</v>
+      </c>
+      <c r="AY85" s="6" t="s">
+        <v>1342</v>
+      </c>
+      <c r="AZ85" s="6" t="s">
+        <v>1341</v>
+      </c>
+      <c r="BA85" s="6" t="s">
+        <v>870</v>
+      </c>
+      <c r="BB85" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="86" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="35">
+        <v>90</v>
+      </c>
+      <c r="B86" s="36"/>
+      <c r="C86" s="6" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D86" s="6" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E86" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F86" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="G86" s="6" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I86" s="6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J86" s="6" t="s">
+        <v>1359</v>
+      </c>
+      <c r="K86" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>1360</v>
+      </c>
+      <c r="M86" s="7">
+        <v>38849</v>
+      </c>
+      <c r="N86" s="6" t="s">
+        <v>1361</v>
+      </c>
+      <c r="O86" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="P86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q86" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="R86" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="S86" s="6">
+        <v>1</v>
+      </c>
+      <c r="T86" s="9" t="s">
+        <v>1365</v>
+      </c>
+      <c r="U86" s="6" t="s">
+        <v>1366</v>
+      </c>
+      <c r="V86" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="W86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X86" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="Y86" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Z86" s="7">
+        <v>44383</v>
+      </c>
+      <c r="AA86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AB86" s="8"/>
+      <c r="AC86" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="AD86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE86" s="8"/>
+      <c r="AF86" s="8"/>
+      <c r="AG86" s="8"/>
+      <c r="AH86" s="6" t="s">
+        <v>1365</v>
+      </c>
+      <c r="AI86" s="9" t="s">
+        <v>1366</v>
+      </c>
+      <c r="AJ86" s="6" t="s">
+        <v>1362</v>
+      </c>
+      <c r="AK86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL86" s="6" t="s">
+        <v>1363</v>
+      </c>
+      <c r="AM86" s="6" t="s">
+        <v>1364</v>
+      </c>
+      <c r="AN86" s="7">
+        <v>44383</v>
+      </c>
+      <c r="AO86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP86" s="8"/>
+      <c r="AQ86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR86" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS86" s="8"/>
+      <c r="AT86" s="8"/>
+      <c r="AU86" s="8"/>
+      <c r="AV86" s="6">
+        <v>24</v>
+      </c>
+      <c r="AW86" s="6" t="s">
+        <v>1367</v>
+      </c>
+      <c r="AX86" s="6" t="s">
+        <v>1368</v>
+      </c>
+      <c r="AY86" s="6" t="s">
+        <v>1369</v>
+      </c>
+      <c r="AZ86" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BA86" s="6" t="s">
+        <v>241</v>
+      </c>
+      <c r="BB86" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="87" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="35">
+        <v>69</v>
+      </c>
+      <c r="B87" s="36"/>
+      <c r="C87" s="6" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D87" s="6" t="s">
+        <v>1371</v>
+      </c>
+      <c r="E87" s="6" t="s">
+        <v>310</v>
+      </c>
+      <c r="F87" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G87" s="6" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="I87" s="6" t="s">
+        <v>978</v>
+      </c>
+      <c r="J87" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="K87" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>1375</v>
+      </c>
+      <c r="M87" s="7">
+        <v>39493</v>
+      </c>
+      <c r="N87" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="O87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P87" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="Q87" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="R87" s="6" t="s">
+        <v>1378</v>
+      </c>
+      <c r="S87" s="6">
+        <v>1</v>
+      </c>
+      <c r="T87" s="9" t="s">
+        <v>1379</v>
+      </c>
+      <c r="U87" s="6" t="s">
+        <v>1380</v>
+      </c>
+      <c r="V87" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="W87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X87" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="Y87" s="8"/>
+      <c r="Z87" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AA87" s="6" t="s">
+        <v>1381</v>
+      </c>
+      <c r="AB87" s="6" t="s">
+        <v>1382</v>
+      </c>
+      <c r="AC87" s="9" t="s">
+        <v>1376</v>
+      </c>
+      <c r="AD87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE87" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="AF87" s="8"/>
+      <c r="AG87" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AH87" s="6" t="s">
+        <v>1383</v>
+      </c>
+      <c r="AI87" s="9" t="s">
+        <v>1384</v>
+      </c>
+      <c r="AJ87" s="6" t="s">
+        <v>1376</v>
+      </c>
+      <c r="AK87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL87" s="6" t="s">
+        <v>1377</v>
+      </c>
+      <c r="AM87" s="8"/>
+      <c r="AN87" s="7">
+        <v>43172</v>
+      </c>
+      <c r="AO87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AP87" s="8"/>
+      <c r="AQ87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AR87" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS87" s="8"/>
+      <c r="AT87" s="8"/>
+      <c r="AU87" s="8"/>
+      <c r="AV87" s="6">
         <v>5</v>
       </c>
-      <c r="B9" s="10"/>
-[...6 lines deleted...]
-      <c r="E9" s="7" t="s">
+      <c r="AW87" s="6" t="s">
+        <v>1385</v>
+      </c>
+      <c r="AX87" s="6" t="s">
+        <v>1386</v>
+      </c>
+      <c r="AY87" s="6" t="s">
+        <v>1374</v>
+      </c>
+      <c r="AZ87" s="6" t="s">
+        <v>1373</v>
+      </c>
+      <c r="BA87" s="6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="BB87" s="7">
+        <v>43132</v>
+      </c>
+    </row>
+    <row r="88" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="35">
+        <v>68</v>
+      </c>
+      <c r="B88" s="36"/>
+      <c r="C88" s="6" t="s">
+        <v>1387</v>
+      </c>
+      <c r="D88" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="E88" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="F88" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G88" s="6" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I88" s="6" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J88" s="6" t="s">
+        <v>1392</v>
+      </c>
+      <c r="K88" s="7">
+        <v>43132</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>1393</v>
+      </c>
+      <c r="M88" s="7">
+        <v>39051</v>
+      </c>
+      <c r="N88" s="6" t="s">
+        <v>1394</v>
+      </c>
+      <c r="O88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q88" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="R88" s="6" t="s">
+        <v>1396</v>
+      </c>
+      <c r="S88" s="6">
+        <v>1</v>
+      </c>
+      <c r="T88" s="9" t="s">
+        <v>1397</v>
+      </c>
+      <c r="U88" s="6" t="s">
+        <v>1398</v>
+      </c>
+      <c r="V88" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="W88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X88" s="6" t="s">
+        <v>1400</v>
+      </c>
+      <c r="Y88" s="8"/>
+      <c r="Z88" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AA88" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AB88" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AC88" s="9" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AD88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE88" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AF88" s="8"/>
+      <c r="AG88" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AH88" s="6" t="s">
+        <v>1397</v>
+      </c>
+      <c r="AI88" s="9" t="s">
+        <v>1398</v>
+      </c>
+      <c r="AJ88" s="6" t="s">
+        <v>1399</v>
+      </c>
+      <c r="AK88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL88" s="6" t="s">
+        <v>1400</v>
+      </c>
+      <c r="AM88" s="8"/>
+      <c r="AN88" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AO88" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="AP88" s="9" t="s">
+        <v>1402</v>
+      </c>
+      <c r="AQ88" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="AR88" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS88" s="6" t="s">
+        <v>1395</v>
+      </c>
+      <c r="AT88" s="8"/>
+      <c r="AU88" s="7">
+        <v>43195</v>
+      </c>
+      <c r="AV88" s="6">
+        <v>99</v>
+      </c>
+      <c r="AW88" s="6" t="s">
+        <v>1388</v>
+      </c>
+      <c r="AX88" s="6" t="s">
+        <v>1404</v>
+      </c>
+      <c r="AY88" s="6" t="s">
+        <v>1405</v>
+      </c>
+      <c r="AZ88" s="6" t="s">
+        <v>1406</v>
+      </c>
+      <c r="BA88" s="6" t="s">
+        <v>1407</v>
+      </c>
+      <c r="BB88" s="7">
+        <v>43195</v>
+      </c>
+    </row>
+    <row r="89" spans="1:54" ht="24.15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A89" s="35">
+        <v>72</v>
+      </c>
+      <c r="B89" s="36"/>
+      <c r="C89" s="6" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D89" s="6" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E89" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="F9" s="7" t="s">
+      <c r="F89" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="G9" s="7" t="s">
-[...603 lines deleted...]
-      <c r="K13" s="8">
+      <c r="G89" s="6" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I89" s="6" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J89" s="6" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K89" s="7">
         <v>43132</v>
       </c>
-      <c r="L13" s="7" t="s">
-[...20 lines deleted...]
-      <c r="S13" s="7">
+      <c r="L89" s="6" t="s">
+        <v>1414</v>
+      </c>
+      <c r="M89" s="7">
+        <v>40646</v>
+      </c>
+      <c r="N89" s="6" t="s">
+        <v>1415</v>
+      </c>
+      <c r="O89" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="P89" s="6" t="s">
+        <v>1416</v>
+      </c>
+      <c r="Q89" s="6" t="s">
+        <v>1417</v>
+      </c>
+      <c r="R89" s="6" t="s">
+        <v>1418</v>
+      </c>
+      <c r="S89" s="6">
         <v>1</v>
       </c>
-      <c r="T13" s="7" t="s">
-[...10302 lines deleted...]
-      <c r="A81" s="9">
+      <c r="T89" s="9" t="s">
+        <v>1419</v>
+      </c>
+      <c r="U89" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="V89" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="W89" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="X89" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="Y89" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="Z89" s="7">
+        <v>45952</v>
+      </c>
+      <c r="AA89" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="AB89" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="AC89" s="9" t="s">
+        <v>1426</v>
+      </c>
+      <c r="AD89" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AE89" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="AF89" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="AG89" s="7">
+        <v>45952</v>
+      </c>
+      <c r="AH89" s="6" t="s">
+        <v>1419</v>
+      </c>
+      <c r="AI89" s="9" t="s">
+        <v>1420</v>
+      </c>
+      <c r="AJ89" s="6" t="s">
+        <v>1421</v>
+      </c>
+      <c r="AK89" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AL89" s="6" t="s">
+        <v>1422</v>
+      </c>
+      <c r="AM89" s="6" t="s">
+        <v>1423</v>
+      </c>
+      <c r="AN89" s="7">
+        <v>45952</v>
+      </c>
+      <c r="AO89" s="6" t="s">
+        <v>1424</v>
+      </c>
+      <c r="AP89" s="9" t="s">
+        <v>1425</v>
+      </c>
+      <c r="AQ89" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="AR89" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="AS89" s="6" t="s">
+        <v>1427</v>
+      </c>
+      <c r="AT89" s="6" t="s">
+        <v>1428</v>
+      </c>
+      <c r="AU89" s="7">
+        <v>45952</v>
+      </c>
+      <c r="AV89" s="6">
         <v>67</v>
       </c>
-      <c r="B81" s="10"/>
-[...1039 lines deleted...]
-      <c r="BB87" s="8">
+      <c r="AW89" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="AX89" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="AY89" s="6" t="s">
+        <v>1413</v>
+      </c>
+      <c r="AZ89" s="6" t="s">
+        <v>1411</v>
+      </c>
+      <c r="BA89" s="6" t="s">
+        <v>1431</v>
+      </c>
+      <c r="BB89" s="7">
         <v>43132</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="138">
-[...6 lines deleted...]
-    <mergeCell ref="AV2:BB2"/>
+  <autoFilter ref="A4:BB89" xr:uid="{B216500D-DC9E-4311-8790-A98CB2004152}">
+    <filterColumn colId="0" showButton="0"/>
+  </autoFilter>
+  <mergeCells count="140">
+    <mergeCell ref="A89:B89"/>
+    <mergeCell ref="A83:B83"/>
+    <mergeCell ref="A84:B84"/>
+    <mergeCell ref="A85:B85"/>
+    <mergeCell ref="A86:B86"/>
+    <mergeCell ref="A87:B87"/>
+    <mergeCell ref="A88:B88"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="A78:B78"/>
+    <mergeCell ref="A79:B79"/>
+    <mergeCell ref="A80:B80"/>
+    <mergeCell ref="A81:B81"/>
+    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="A71:B71"/>
+    <mergeCell ref="A72:B72"/>
+    <mergeCell ref="A73:B73"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="A68:B68"/>
+    <mergeCell ref="A69:B69"/>
+    <mergeCell ref="A70:B70"/>
+    <mergeCell ref="A59:B59"/>
+    <mergeCell ref="A60:B60"/>
+    <mergeCell ref="A61:B61"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="A63:B63"/>
+    <mergeCell ref="A64:B64"/>
+    <mergeCell ref="A53:B53"/>
+    <mergeCell ref="A54:B54"/>
+    <mergeCell ref="A55:B55"/>
+    <mergeCell ref="A56:B56"/>
+    <mergeCell ref="A57:B57"/>
+    <mergeCell ref="A58:B58"/>
+    <mergeCell ref="A47:B47"/>
+    <mergeCell ref="A48:B48"/>
+    <mergeCell ref="A49:B49"/>
+    <mergeCell ref="A50:B50"/>
+    <mergeCell ref="A51:B51"/>
+    <mergeCell ref="A52:B52"/>
+    <mergeCell ref="A41:B41"/>
+    <mergeCell ref="A42:B42"/>
+    <mergeCell ref="A43:B43"/>
+    <mergeCell ref="A44:B44"/>
+    <mergeCell ref="A45:B45"/>
+    <mergeCell ref="A46:B46"/>
+    <mergeCell ref="A35:B35"/>
+    <mergeCell ref="A36:B36"/>
+    <mergeCell ref="A37:B37"/>
+    <mergeCell ref="A38:B38"/>
+    <mergeCell ref="A39:B39"/>
+    <mergeCell ref="A40:B40"/>
+    <mergeCell ref="A29:B29"/>
+    <mergeCell ref="A30:B30"/>
+    <mergeCell ref="A31:B31"/>
+    <mergeCell ref="A32:B32"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="A34:B34"/>
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="A26:B26"/>
+    <mergeCell ref="A27:B27"/>
+    <mergeCell ref="A28:B28"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="A20:B20"/>
+    <mergeCell ref="A21:B21"/>
+    <mergeCell ref="A22:B22"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="A16:B16"/>
+    <mergeCell ref="A5:B5"/>
+    <mergeCell ref="A6:B6"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="A8:B8"/>
+    <mergeCell ref="A9:B9"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="AW3:AW4"/>
+    <mergeCell ref="AX3:AX4"/>
+    <mergeCell ref="AY3:AY4"/>
+    <mergeCell ref="AZ3:AZ4"/>
+    <mergeCell ref="BA3:BA4"/>
+    <mergeCell ref="BB3:BB4"/>
+    <mergeCell ref="AP3:AP4"/>
+    <mergeCell ref="AQ3:AQ4"/>
+    <mergeCell ref="AR3:AR4"/>
+    <mergeCell ref="AS3:AS4"/>
+    <mergeCell ref="AT3:AT4"/>
+    <mergeCell ref="AU3:AU4"/>
+    <mergeCell ref="AJ3:AJ4"/>
+    <mergeCell ref="AK3:AK4"/>
+    <mergeCell ref="AL3:AL4"/>
+    <mergeCell ref="AM3:AM4"/>
+    <mergeCell ref="AN3:AN4"/>
+    <mergeCell ref="AO3:AO4"/>
+    <mergeCell ref="AD3:AD4"/>
+    <mergeCell ref="AE3:AE4"/>
+    <mergeCell ref="AF3:AF4"/>
+    <mergeCell ref="AG3:AG4"/>
+    <mergeCell ref="AH3:AH4"/>
+    <mergeCell ref="AI3:AI4"/>
+    <mergeCell ref="X3:X4"/>
+    <mergeCell ref="Y3:Y4"/>
+    <mergeCell ref="Z3:Z4"/>
+    <mergeCell ref="AA3:AA4"/>
+    <mergeCell ref="AB3:AB4"/>
+    <mergeCell ref="AC3:AC4"/>
+    <mergeCell ref="Q3:Q4"/>
+    <mergeCell ref="R3:R4"/>
+    <mergeCell ref="T3:T4"/>
+    <mergeCell ref="U3:U4"/>
+    <mergeCell ref="V3:V4"/>
+    <mergeCell ref="W3:W4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="N3:N4"/>
     <mergeCell ref="P3:P4"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
-    <mergeCell ref="X3:X4"/>
-[...117 lines deleted...]
-    <mergeCell ref="A82:B82"/>
+    <mergeCell ref="B1:BB1"/>
+    <mergeCell ref="A2:S2"/>
+    <mergeCell ref="T2:Z2"/>
+    <mergeCell ref="AA2:AG2"/>
+    <mergeCell ref="AH2:AN2"/>
+    <mergeCell ref="AO2:AU2"/>
+    <mergeCell ref="AV2:BB2"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Elenco enti accreditati (8)</vt:lpstr>
+      <vt:lpstr>Elenco enti accreditati (2)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>RTF Template</dc:title>
-  <dc:creator>Finco Renato</dc:creator>
+  <dc:creator>De Martino Gianmario</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>