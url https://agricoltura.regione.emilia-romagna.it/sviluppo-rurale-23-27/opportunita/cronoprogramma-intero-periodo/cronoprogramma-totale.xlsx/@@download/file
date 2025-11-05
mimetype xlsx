--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -1,83 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nacci_l\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7D252C54-1EB9-4F8C-B7F0-0409D204D42C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{256D1B05-00F1-4917-B8A7-8F831F617004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1DD36131-1A73-42E9-9759-A2F0BA9F3267}"/>
   </bookViews>
   <sheets>
     <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Foglio1!$A$9:$G$82</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="188" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="82">
   <si>
     <t>Intervento</t>
   </si>
   <si>
     <t>SRB01 - Sostegno zone con svantaggi naturali montagna</t>
   </si>
   <si>
     <t>✅</t>
   </si>
   <si>
     <t xml:space="preserve">  ✅</t>
   </si>
   <si>
     <t>📝</t>
   </si>
   <si>
     <t>SRB02 - Sostegno zone con altri svantaggi naturali significativi</t>
   </si>
   <si>
     <t>SRD01 - Investimenti produttivi agricoli per la competitività delle aziende agricole (settore frutticolo)</t>
   </si>
   <si>
     <t>SRD01 - Investimenti produttivi agricoli per la competitività delle aziende agricole (ordinario o filiera)</t>
   </si>
   <si>
@@ -280,82 +283,73 @@
   <si>
     <t>SRG08 - Sostegno ad azioni pilota e di collaudo dell'innovazione</t>
   </si>
   <si>
     <t>SRG09 -Cooperazione per azioni di supporto all'innovazione e servizi rivolti ai settori agricolo, forestale e agroalimentare</t>
   </si>
   <si>
     <t>SRH01 - Erogazione di servizi di consulenza</t>
   </si>
   <si>
     <t>SRH02 - Scambi di conoscenze e informazioni per i consulenti e gli attori degli AKIS</t>
   </si>
   <si>
     <t>SRH03 - Azioni formative rivolte agli addetti del settore agricolo, forestale e dei territori rurali </t>
   </si>
   <si>
     <t>SRH04 - Azioni di informazione</t>
   </si>
   <si>
     <t>SRH05 - Azioni dimostrative per il settore agricolo, forestale e i territori rurali</t>
   </si>
   <si>
     <t>Cronoprogramma Conoscenza e innovazione</t>
   </si>
   <si>
-    <t>2° T</t>
-[...1 lines deleted...]
-  <si>
     <t>SRC01 - Pagamento compensativo zone agricole natura 2000</t>
   </si>
   <si>
     <t>SRG10 - Promozione dei prodotti di qualità</t>
   </si>
   <si>
     <t>SRD04 - Investimenti non produttivi agricoli con finalità ambientale - Arrestare perdita biodiversità e preservare paesaggio rurale (PAF)</t>
   </si>
   <si>
     <t>SRD04 - Investimenti non produttivi agricoli con finalità ambientale - Arrestare perdita biodiversità e preservare paesaggio rurale (danni da fauna)</t>
   </si>
   <si>
     <t>4°T</t>
   </si>
   <si>
-    <t>4° T</t>
-[...1 lines deleted...]
-  <si>
     <t>2 bandi</t>
-  </si>
-[...1 lines deleted...]
-    <t>3°T</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="14" x14ac:knownFonts="1">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -394,106 +388,99 @@
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF00B050"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...5 lines deleted...]
-    <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="25">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
@@ -504,72 +491,57 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -866,59 +838,59 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg09-cooperazione-per-azioni-di-supporto-allinnovazione-e-servizi-rivolti-ai-settori-agricolo-forestale-e-agroalimentare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-d-trasformazione-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="SRD01%20&#8211;%20&#8220;Investimenti%20produttivi%20agricoli%20per%20la%20competitivit&#224;%20delle%20aziende%20agricole&#8221;%20-%20Sviluppo%20rurale%202023-2027%20-%20Agricoltura,%20caccia%20e%20pesca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/avviso-pubblico-selezione-gruppi-azione-locale-e-strategie-sviluppo-locale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srh02-formazione-dei-consulenti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra18-impegni-apicoltura-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd01-investimenti-produttivi-agricoli-competitivita-aziende-agricole-frutteti-resilienti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd15-investimenti-produttivi-forestali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd08-investimenti-infrastrutture-finalita-ambientali-infrastrutture-irrigue-e-di-bonifica" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/bando-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd10-impianti-di-forestazione-imboschimento-di-terreni-non-agricoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd09-investimenti-non-produttivi-nelle-aree-rurali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg08" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd07-azione-7-infrastrutture-irrigue-extra-aziendali-aumento-netto-superficie-irrigata" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-c" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg01-sostegno-ai-gruppi-operativi-pei-agri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-b-agricoltura-sociale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd02-investimenti-produttivi-agricoli-ambiente-clima-benessere-animale" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg09-cooperazione-per-azioni-di-supporto-allinnovazione-e-servizi-rivolti-ai-settori-agricolo-forestale-e-agroalimentare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-d-trasformazione-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="SRD01%20&#8211;%20&#8220;Investimenti%20produttivi%20agricoli%20per%20la%20competitivit&#224;%20delle%20aziende%20agricole&#8221;%20-%20Sviluppo%20rurale%202023-2027%20-%20Agricoltura,%20caccia%20e%20pesca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd13-investimenti-per-la-trasformazione-e-commercializzazione-dei-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/avviso-pubblico-selezione-gruppi-azione-locale-e-strategie-sviluppo-locale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srh02-formazione-dei-consulenti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra18-impegni-apicoltura-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd01-investimenti-produttivi-agricoli-competitivita-aziende-agricole-frutteti-resilienti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd15-investimenti-produttivi-forestali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd08-investimenti-infrastrutture-finalita-ambientali-infrastrutture-irrigue-e-di-bonifica" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd10-impianti-di-forestazione-imboschimento-di-terreni-non-agricoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd09-investimenti-non-produttivi-nelle-aree-rurali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg08" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd07-azione-7-infrastrutture-irrigue-extra-aziendali-aumento-netto-superficie-irrigata" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-c" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg01-sostegno-ai-gruppi-operativi-pei-agri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-b-agricoltura-sociale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd02-investimenti-produttivi-agricoli-ambiente-clima-benessere-animale" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13ACB0B6-0D8E-4493-B367-0BA72089709C}">
   <dimension ref="A1:G82"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A46" zoomScale="102" zoomScaleNormal="102" workbookViewId="0">
-      <selection activeCell="O71" sqref="O71"/>
+    <sheetView tabSelected="1" topLeftCell="A5" zoomScale="102" zoomScaleNormal="102" workbookViewId="0">
+      <selection activeCell="H6" sqref="H6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="138" customWidth="1"/>
     <col min="2" max="7" width="6.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="2" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="4" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
@@ -982,184 +954,183 @@
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="10"/>
       <c r="C11" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="14"/>
-      <c r="C15" s="12" t="s">
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="C15" s="18" t="s">
+        <v>2</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="2"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="D16" s="22"/>
-      <c r="E16" s="23"/>
+      <c r="D16" s="23" t="s">
+        <v>81</v>
+      </c>
+      <c r="E16" s="22"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
     </row>
     <row r="19" spans="1:7" ht="27.6" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="2"/>
       <c r="E19" s="2"/>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
         <v>14</v>
       </c>
       <c r="B20" s="10"/>
       <c r="C20" s="10"/>
       <c r="D20" s="2"/>
-      <c r="E20" s="2" t="s">
-        <v>76</v>
+      <c r="E20" s="18" t="s">
+        <v>2</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A21" s="2" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A22" s="1" t="s">
         <v>56</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="3"/>
       <c r="D22" s="2"/>
       <c r="E22" s="2"/>
       <c r="F22" s="2"/>
       <c r="G22" s="6"/>
     </row>
     <row r="23" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A23" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="1">
         <v>2022</v>
       </c>
       <c r="C23" s="1">
         <v>2023</v>
       </c>
@@ -1180,161 +1151,167 @@
       <c r="A24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
     </row>
     <row r="25" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E25" s="2"/>
+      <c r="E25" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
     </row>
     <row r="26" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="14"/>
       <c r="D26" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E26" s="2"/>
+      <c r="E26" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
     </row>
     <row r="27" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
     </row>
     <row r="28" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B28" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C28" s="14"/>
       <c r="D28" s="2"/>
       <c r="E28" s="2"/>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
     </row>
     <row r="29" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="14"/>
       <c r="C29" s="14"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
     </row>
     <row r="30" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
     </row>
     <row r="31" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>29</v>
       </c>
       <c r="B31" s="14"/>
       <c r="C31" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
     </row>
     <row r="32" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C32" s="14"/>
       <c r="D32" s="2"/>
       <c r="E32" s="2"/>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
     </row>
     <row r="33" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2"/>
+      <c r="E33" s="2" t="s">
+        <v>80</v>
+      </c>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
     </row>
     <row r="34" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C34" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
     </row>
     <row r="35" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>33</v>
       </c>
       <c r="B35" s="14"/>
       <c r="C35" s="12" t="s">
         <v>2</v>
@@ -1379,101 +1356,99 @@
       <c r="B38" s="14"/>
       <c r="C38" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E38" s="2"/>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
     </row>
     <row r="39" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B39" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
     </row>
     <row r="40" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>38</v>
       </c>
       <c r="B40" s="14"/>
       <c r="C40" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D40" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E40" s="2"/>
       <c r="F40" s="2"/>
       <c r="G40" s="2"/>
     </row>
     <row r="41" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B41" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C41" s="14"/>
       <c r="D41" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G41" s="2"/>
     </row>
     <row r="42" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
         <v>40</v>
       </c>
       <c r="B42" s="14"/>
       <c r="C42" s="14"/>
       <c r="D42" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
     </row>
     <row r="43" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A43" s="1" t="s">
         <v>55</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="2"/>
       <c r="D43" s="2"/>
       <c r="E43" s="2"/>
       <c r="F43" s="2"/>
       <c r="G43" s="2"/>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A44" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B44" s="1">
         <v>2022</v>
       </c>
       <c r="C44" s="1">
         <v>2023</v>
       </c>
       <c r="D44" s="1">
@@ -1488,284 +1463,274 @@
       <c r="G44" s="1">
         <v>2027</v>
       </c>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B45" s="10"/>
       <c r="C45" s="10"/>
       <c r="D45" s="2"/>
       <c r="E45" s="2"/>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="14"/>
       <c r="C46" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F46" s="2"/>
       <c r="G46" s="2"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B47" s="14"/>
       <c r="C47" s="14"/>
       <c r="D47" s="2"/>
       <c r="E47" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F47" s="2"/>
       <c r="G47" s="2"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B48" s="14"/>
       <c r="C48" s="14"/>
       <c r="D48" s="2"/>
       <c r="E48" s="18" t="s">
         <v>2</v>
       </c>
       <c r="G48" s="2"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B49" s="14"/>
       <c r="C49" s="14"/>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G49" s="2"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="14"/>
       <c r="C50" s="14"/>
       <c r="D50" s="2"/>
       <c r="E50" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
     </row>
-    <row r="51" spans="1:7" s="27" customFormat="1" x14ac:dyDescent="0.3">
-      <c r="A51" s="25" t="s">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A51" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="B51" s="26"/>
-[...2 lines deleted...]
-      <c r="E51" s="25" t="s">
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="2"/>
+      <c r="E51" s="2"/>
+      <c r="F51" s="2"/>
+      <c r="G51" s="2"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A52" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="E52" s="2"/>
+      <c r="F52" s="2"/>
+      <c r="G52" s="2"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A53" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B53" s="14"/>
+      <c r="C53" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2"/>
+      <c r="F53" s="2"/>
+      <c r="G53" s="2"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A54" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B54" s="14"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F54" s="2"/>
+      <c r="G54" s="2"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A55" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B55" s="14"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="2"/>
+      <c r="E55" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F55" s="2"/>
+      <c r="G55" s="2"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A56" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B56" s="14"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="2"/>
+      <c r="E56" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F56" s="2"/>
+      <c r="G56" s="2"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A57" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B57" s="14"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="2"/>
+      <c r="E57" s="2"/>
+      <c r="F57" s="2"/>
+      <c r="G57" s="2"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A58" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B58" s="14"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="2"/>
+      <c r="E58" s="2"/>
+      <c r="F58" s="2"/>
+      <c r="G58" s="2"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A59" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B59" s="14"/>
+      <c r="C59" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D59" s="2"/>
+      <c r="E59" s="2"/>
+      <c r="F59" s="2"/>
+      <c r="G59" s="2"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="A60" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B60" s="14"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="2"/>
+      <c r="E60" s="2"/>
+      <c r="F60" s="2"/>
+      <c r="G60" s="2"/>
+    </row>
+    <row r="61" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A61" s="4" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A62" s="24" t="s">
+        <v>0</v>
+      </c>
+      <c r="B62" s="24">
+        <v>2022</v>
+      </c>
+      <c r="C62" s="24">
+        <v>2023</v>
+      </c>
+      <c r="D62" s="24">
+        <v>2024</v>
+      </c>
+      <c r="E62" s="24">
+        <v>2025</v>
+      </c>
+      <c r="F62" s="24">
+        <v>2026</v>
+      </c>
+      <c r="G62" s="24">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A63" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="B63" s="14"/>
+      <c r="C63" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D63" s="21"/>
+      <c r="E63" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F63" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="F51" s="25"/>
-[...164 lines deleted...]
-      <c r="G63" s="31"/>
+      <c r="G63" s="21"/>
     </row>
     <row r="64" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="7" t="s">
         <v>68</v>
       </c>
       <c r="B64" s="16"/>
       <c r="C64" s="16"/>
       <c r="D64" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E64" s="7"/>
       <c r="F64" s="7"/>
       <c r="G64" s="7"/>
     </row>
     <row r="65" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
         <v>69</v>
       </c>
       <c r="B65" s="16"/>
       <c r="C65" s="16"/>
       <c r="D65" s="17" t="s">
         <v>2</v>
       </c>
       <c r="E65" s="7"/>
       <c r="F65" s="21"/>
@@ -1803,66 +1768,66 @@
     </row>
     <row r="68" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="7" t="s">
         <v>72</v>
       </c>
       <c r="B68" s="16"/>
       <c r="C68" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E68" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F68" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G68" s="7"/>
     </row>
     <row r="69" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A69" s="7" t="s">
         <v>73</v>
       </c>
       <c r="B69" s="11"/>
       <c r="C69" s="11"/>
       <c r="D69" s="7"/>
       <c r="E69" s="7" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F69" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G69" s="7"/>
     </row>
     <row r="70" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A70" s="7" t="s">
         <v>74</v>
       </c>
       <c r="B70" s="7"/>
       <c r="C70" s="7"/>
       <c r="D70" s="7"/>
       <c r="E70" s="7" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F70" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G70" s="9"/>
     </row>
     <row r="71" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="72" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B72" s="1">
         <v>2022</v>
       </c>
       <c r="C72" s="1">
         <v>2023</v>
       </c>
       <c r="D72" s="1">
         <v>2024</v>
       </c>
       <c r="E72" s="1">
@@ -1939,105 +1904,105 @@
       <c r="G77" s="2"/>
     </row>
     <row r="78" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="B78" s="10"/>
       <c r="C78" s="10"/>
       <c r="D78" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E78" s="2"/>
       <c r="F78" s="2"/>
       <c r="G78" s="2"/>
     </row>
     <row r="79" spans="1:7" s="5" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B79" s="14"/>
       <c r="C79" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
     </row>
     <row r="80" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B80" s="14"/>
       <c r="C80" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E80" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A81" s="25" t="s">
+      <c r="A81" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B81" s="14"/>
       <c r="C81" s="14"/>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>4</v>
+        <v>80</v>
       </c>
       <c r="F81" s="2"/>
       <c r="G81" s="2"/>
     </row>
     <row r="82" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A82" s="7" t="s">
         <v>65</v>
       </c>
       <c r="B82" s="16"/>
       <c r="C82" s="15" t="s">
         <v>2</v>
       </c>
       <c r="D82" s="7"/>
       <c r="E82" s="7"/>
       <c r="F82" s="8"/>
       <c r="G82" s="8"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" xr:uid="{D5650F14-F426-48D3-B71F-EEAC382311D1}"/>
     <hyperlink ref="C11" r:id="rId2" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" xr:uid="{BF3137FF-B6AE-425F-B31C-CE5EEB8F9585}"/>
     <hyperlink ref="D11" r:id="rId3" display="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" xr:uid="{A2ADA1FD-B635-4874-9BE0-0DA47EC6C6F3}"/>
-    <hyperlink ref="C15" r:id="rId4" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/bando-giovani-agricoltori" xr:uid="{362A1283-A893-462D-958C-1DE529FDA080}"/>
+    <hyperlink ref="C15" r:id="rId4" xr:uid="{362A1283-A893-462D-958C-1DE529FDA080}"/>
     <hyperlink ref="C16" r:id="rId5" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" xr:uid="{640A53D3-2C40-478C-81FA-753CBA3488B6}"/>
     <hyperlink ref="D17" r:id="rId6" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" xr:uid="{4235C5B4-5605-4D59-948F-2F624461B359}"/>
     <hyperlink ref="C21" r:id="rId7" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" xr:uid="{0503AC71-260C-4BDA-95A3-CE3B99231C10}"/>
     <hyperlink ref="D10" r:id="rId8" display="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" xr:uid="{F7EB5D23-7E7E-4627-B199-5DD722BB31C1}"/>
     <hyperlink ref="B24" r:id="rId9" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" xr:uid="{18DE481D-2C64-4AE7-B931-2B6911CDEC4A}"/>
     <hyperlink ref="B25" r:id="rId10" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" xr:uid="{8AB9845C-9CB3-46A5-A5ED-9718FC5C525A}"/>
     <hyperlink ref="B26" r:id="rId11" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" xr:uid="{97E3B1E3-8A95-4CD4-B824-2EC12305215F}"/>
     <hyperlink ref="B27" r:id="rId12" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" xr:uid="{84C2430F-6C44-4F82-9A88-36DFD2EE5184}"/>
     <hyperlink ref="B28" r:id="rId13" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" xr:uid="{B3076A38-89F7-43C6-8523-0AB2A98F597D}"/>
     <hyperlink ref="C30" r:id="rId14" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" xr:uid="{02FD8360-FADF-4C48-A334-5A5CA80087AA}"/>
     <hyperlink ref="C31" r:id="rId15" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" xr:uid="{C6FF7F48-EEF4-4356-AE79-09DA927F8C58}"/>
     <hyperlink ref="B32" r:id="rId16" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" xr:uid="{A24F4EDB-3DFA-49F7-A1AB-F06646016B5D}"/>
     <hyperlink ref="B33" r:id="rId17" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" xr:uid="{289930B6-4C7A-4E8B-BA07-AC44B7FB11B5}"/>
     <hyperlink ref="C33" r:id="rId18" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" xr:uid="{9DF20A26-45B6-49CB-91B8-CAC19CC7A6C9}"/>
     <hyperlink ref="B34" r:id="rId19" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" xr:uid="{4D5A6E98-FBF3-4F1E-835E-EB830BE29190}"/>
     <hyperlink ref="C34" r:id="rId20" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" xr:uid="{6CA6A5C6-F833-4BA1-AC2D-4FD141F36DEC}"/>
     <hyperlink ref="C35" r:id="rId21" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" xr:uid="{1FD50A78-DB4E-4F3C-8C8C-5E2813C72C3C}"/>
     <hyperlink ref="B36" r:id="rId22" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" xr:uid="{51EE834F-66EE-4ACB-9932-101ECECCAF52}"/>
     <hyperlink ref="C37" r:id="rId23" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" xr:uid="{8CC6C6EB-8CFE-4266-8134-0CEF53AB7E7B}"/>
     <hyperlink ref="C38" r:id="rId24" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" xr:uid="{E50F7D89-5E50-4F01-A5BC-DF5209EF25F9}"/>
     <hyperlink ref="B39" r:id="rId25" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" xr:uid="{D5D7BD37-CF96-4E31-B591-3A01C7B249F6}"/>
     <hyperlink ref="C39" r:id="rId26" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" xr:uid="{8206DBFC-5FED-468B-8046-885EA73A1D33}"/>
     <hyperlink ref="C40" r:id="rId27" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" xr:uid="{9C607883-900E-48D5-88BB-65104C9316F2}"/>
     <hyperlink ref="B41" r:id="rId28" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" xr:uid="{B741D947-FE65-4D15-9CB2-9AB3E193FFC2}"/>
     <hyperlink ref="C46" r:id="rId29" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" xr:uid="{09618D83-5726-4A79-96E7-91E29ECD87D3}"/>
@@ -2057,53 +2022,54 @@
     <hyperlink ref="D64" r:id="rId43" xr:uid="{5B3B51B9-F312-444A-8516-C34A9628F669}"/>
     <hyperlink ref="D24" r:id="rId44" xr:uid="{4000CBB2-E0D5-4721-9276-392C8D569737}"/>
     <hyperlink ref="D25" r:id="rId45" xr:uid="{3190EE12-3723-4690-AB1E-1A57921785AF}"/>
     <hyperlink ref="D26" r:id="rId46" xr:uid="{3FE59382-2358-4FA4-A2D7-881E79E37DA2}"/>
     <hyperlink ref="D38" r:id="rId47" xr:uid="{D08E29DE-3FED-46CF-845B-17E94B42728F}"/>
     <hyperlink ref="D39" r:id="rId48" xr:uid="{5F788B7C-37E4-41B4-8803-98BF20E9A903}"/>
     <hyperlink ref="D40" r:id="rId49" xr:uid="{45916785-DB46-4CC2-867E-874C4976C31E}"/>
     <hyperlink ref="D41" r:id="rId50" xr:uid="{FDE2CE2A-0CF8-4CF9-AF5E-3D507CFB1771}"/>
     <hyperlink ref="D78" r:id="rId51" xr:uid="{36AEE84A-9564-4556-8382-D503F6D6A3E1}"/>
     <hyperlink ref="D52" r:id="rId52" xr:uid="{E140F20F-A1A8-4247-9C34-B90B1F78D926}"/>
     <hyperlink ref="D42" r:id="rId53" xr:uid="{FEC743E7-209B-4704-A868-CBAF36AC3778}"/>
     <hyperlink ref="E74" r:id="rId54" xr:uid="{A25406D0-ACDF-43B9-A195-C491942CFE58}"/>
     <hyperlink ref="E76" r:id="rId55" xr:uid="{DF936DD6-1913-468D-9B25-9B9FC18E9737}"/>
     <hyperlink ref="E66" r:id="rId56" xr:uid="{5FB27B24-49E6-4E73-A235-1558B1E9C406}"/>
     <hyperlink ref="E68" r:id="rId57" xr:uid="{AD329A29-26D8-497A-BB7E-809034767582}"/>
     <hyperlink ref="E15" r:id="rId58" xr:uid="{F0A50CB0-6DF7-4B36-B50A-7D882E889DC0}"/>
     <hyperlink ref="E80" r:id="rId59" xr:uid="{BAD3F494-0989-40CF-99A7-278AF46F0221}"/>
     <hyperlink ref="E17" r:id="rId60" xr:uid="{D188A89C-F6AD-407C-839F-44E9BBCF123A}"/>
     <hyperlink ref="E13" r:id="rId61" xr:uid="{3197E90F-A031-43D0-94A3-636CB8EFE86B}"/>
     <hyperlink ref="E47" r:id="rId62" xr:uid="{63F0AF96-485C-46CD-8DE7-532ACE85A23E}"/>
     <hyperlink ref="E14" r:id="rId63" xr:uid="{9B99AE9C-E2CA-40D4-AC03-BE8C670D2782}"/>
     <hyperlink ref="E10" r:id="rId64" xr:uid="{47C617F4-29D2-4105-8790-9607C5CE0C3B}"/>
     <hyperlink ref="E11" r:id="rId65" xr:uid="{ABC49426-FF67-4360-98DA-1F472E12B1ED}"/>
     <hyperlink ref="E48" r:id="rId66" xr:uid="{3A521203-20B2-406A-B14E-379E72175F8F}"/>
     <hyperlink ref="E50" r:id="rId67" xr:uid="{23FC9952-CCA5-4200-9808-C9910C49FCA6}"/>
+    <hyperlink ref="E20" r:id="rId68" xr:uid="{2E3C47C3-B13D-4377-94F9-89C4B573B8E4}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId68"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId69"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Foglio1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>