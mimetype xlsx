--- v1 (2025-11-05)
+++ v2 (2025-12-04)
@@ -5,120 +5,117 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\nacci_l\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{256D1B05-00F1-4917-B8A7-8F831F617004}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D6BAC13D-FB3F-411E-A46D-029968FF39D7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{1DD36131-1A73-42E9-9759-A2F0BA9F3267}"/>
   </bookViews>
   <sheets>
-    <sheet name="Foglio1" sheetId="1" r:id="rId1"/>
+    <sheet name="Cronoprogramma totale" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Foglio1!$A$9:$G$82</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Cronoprogramma totale'!$A$9:$G$80</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="185" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="80">
   <si>
     <t>Intervento</t>
   </si>
   <si>
     <t>SRB01 - Sostegno zone con svantaggi naturali montagna</t>
   </si>
   <si>
     <t>✅</t>
   </si>
   <si>
     <t xml:space="preserve">  ✅</t>
   </si>
   <si>
     <t>📝</t>
   </si>
   <si>
     <t>SRB02 - Sostegno zone con altri svantaggi naturali significativi</t>
   </si>
   <si>
     <t>SRD01 - Investimenti produttivi agricoli per la competitività delle aziende agricole (settore frutticolo)</t>
   </si>
   <si>
     <t>SRD01 - Investimenti produttivi agricoli per la competitività delle aziende agricole (ordinario o filiera)</t>
   </si>
   <si>
     <t>SRD01 - Investimenti produttivi agricoli per la competitività delle aziende agricole - Giovani agricoltori</t>
   </si>
   <si>
     <t>SRD06 - 1) Investimenti per la prevenzione da danni derivanti da calamità naturali, eventi avversi e di tipo biotico (PSA)</t>
   </si>
   <si>
     <t>SRD06 - 1) Investimenti per la prevenzione da danni derivanti da calamità naturali, eventi avversi e di tipo biotico </t>
   </si>
   <si>
     <t>SRD06 - 1) Investimenti per la prevenzione da danni derivanti da calamità naturali, eventi avversi e di tipo biotico (dissesto idrogeologico)</t>
-  </si>
-[...1 lines deleted...]
-    <t>SRD06 - 2) Investimenti ripristino del potenziale produttivo danneggiato da calamità naturali e da eventi catastrofici compresi i danni da organismi nocivi </t>
   </si>
   <si>
     <t>SRD07 - 7) infrastrutture irrigue extra-aziendali che comportano un aumento netto della superficie irrigata</t>
   </si>
   <si>
     <t>SRD13 - Investimenti per la trasformazione e commercializzazione dei prodotti agricoli</t>
   </si>
   <si>
     <t>Cronoprogramma Competitività</t>
   </si>
   <si>
     <t>Il dettaglio per trimestre, indicato con la lettera T, si riferisce ai bandi in uscita nell’anno in corso, mentre per le annualità successive è fornito un dettaglio annuale.</t>
   </si>
   <si>
     <t>Legenda:</t>
   </si>
   <si>
     <t>📝 bando programmato (simbolo carta e penna)</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF40A222"/>
         <rFont val="Arial"/>
@@ -178,92 +175,83 @@
   <si>
     <t>SRA18 - Impegni per l'apicoltura</t>
   </si>
   <si>
     <t>SRA19 - Riduzione dell’impatto dell’uso di prodotti fitosanitari</t>
   </si>
   <si>
     <t>SRA22 - Impegni specifici risaie</t>
   </si>
   <si>
     <t>SRA25 - Tutela delle colture arboree a valenza ambientale e paesaggistica/ Azione 3 Castagneti da frutto</t>
   </si>
   <si>
     <t>SRA26 - Ritiro seminativi dalla produzione</t>
   </si>
   <si>
     <t>SRA28 - Sostegno per mantenimento della forestazione/imboschimento e sistemi agroforestali</t>
   </si>
   <si>
     <t>SRA29 - Agricoltura biologica</t>
   </si>
   <si>
     <t>SRA30 - Benessere animale</t>
   </si>
   <si>
-    <t>SRD02 -a1) Investimenti per la mitigazione dei cambiamenti climatici</t>
-[...1 lines deleted...]
-  <si>
     <t>SRD02 - a2) Investimenti non produttivi finalizzati alla riduzione di ammoniaca in atmosfera</t>
   </si>
   <si>
     <t>SRD02 - d) Investimenti per il benessere animale</t>
   </si>
   <si>
     <t>SRD04 - Investimenti non produttivi agricoli con finalità ambientale - Miglioramento qualità dell’acqua, fasce tampone</t>
   </si>
   <si>
     <t>SRD08 - Investimenti in infrastrutture con finalità ambientali - Viabilità forestale e silvo-pastorale</t>
   </si>
   <si>
     <t>SRD08 - Investimenti in infrastrutture con finalità ambientali - Infrastrutture irrigue</t>
   </si>
   <si>
     <t>SRD10 - 10.1) Impianto di imboschimento naturaliforme su superfici non agricole</t>
   </si>
   <si>
     <t>SRD11 - 11.1) Tutela dell’ambiente, adattamento al cambiamento climatico e conservazione del paesaggio</t>
   </si>
   <si>
     <t>SRD11 - 11.2) Miglioramento e realizzazione delle infrastrutture al servizio dell’uso multifunzionale del bosco </t>
   </si>
   <si>
     <t>SRD11 - 11.3) Elaborazione di Piani di gestione forestale e strumenti equivalenti</t>
   </si>
   <si>
     <t>SRD12 - 12.1) Prevenzione dei danni alle foreste</t>
   </si>
   <si>
     <t>SRD12 - 12.2) Ripristino del potenziale forestale danneggiato</t>
   </si>
   <si>
-    <t>SRD15 - Interventi selvicolturali </t>
-[...4 lines deleted...]
-  <si>
     <t>Cronoprogramma Ambiente e clima Investimenti</t>
   </si>
   <si>
     <t>Cronoprogramma Ambiente e clima Impegni</t>
   </si>
   <si>
     <t>SRD03 - a) Agriturismo</t>
   </si>
   <si>
     <t>SRD03 - b) Agricoltura sociale</t>
   </si>
   <si>
     <t>SRD03 - c) Attività educative/didattiche</t>
   </si>
   <si>
     <t>SRD03 - d) Trasformazione prodotti agricoli</t>
   </si>
   <si>
     <t>SRD03 - e) Attività turistico/ricreative</t>
   </si>
   <si>
     <t>SRD09 - a) sostegno a investimenti finalizzati all'introduzione, al miglioramento o all'espansione di servizi di base a livello locale per la popolazione rurale</t>
   </si>
   <si>
     <t>SRE01 - Insediamento giovani agricoltori</t>
@@ -299,50 +287,56 @@
     <t>SRH04 - Azioni di informazione</t>
   </si>
   <si>
     <t>SRH05 - Azioni dimostrative per il settore agricolo, forestale e i territori rurali</t>
   </si>
   <si>
     <t>Cronoprogramma Conoscenza e innovazione</t>
   </si>
   <si>
     <t>SRC01 - Pagamento compensativo zone agricole natura 2000</t>
   </si>
   <si>
     <t>SRG10 - Promozione dei prodotti di qualità</t>
   </si>
   <si>
     <t>SRD04 - Investimenti non produttivi agricoli con finalità ambientale - Arrestare perdita biodiversità e preservare paesaggio rurale (PAF)</t>
   </si>
   <si>
     <t>SRD04 - Investimenti non produttivi agricoli con finalità ambientale - Arrestare perdita biodiversità e preservare paesaggio rurale (danni da fauna)</t>
   </si>
   <si>
     <t>4°T</t>
   </si>
   <si>
     <t>2 bandi</t>
+  </si>
+  <si>
+    <t>SRD15 - 15.1 Interventi selvicolturali </t>
+  </si>
+  <si>
+    <t>SRD15 - 15.2 Ammodernamenti e miglioramenti </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -436,51 +430,51 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="26">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
@@ -498,50 +492,53 @@
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" indent="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Collegamento ipertestuale" xfId="1" builtinId="8"/>
     <cellStyle name="Normale" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
@@ -838,97 +835,97 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg09-cooperazione-per-azioni-di-supporto-allinnovazione-e-servizi-rivolti-ai-settori-agricolo-forestale-e-agroalimentare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-d-trasformazione-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="SRD01%20&#8211;%20&#8220;Investimenti%20produttivi%20agricoli%20per%20la%20competitivit&#224;%20delle%20aziende%20agricole&#8221;%20-%20Sviluppo%20rurale%202023-2027%20-%20Agricoltura,%20caccia%20e%20pesca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd13-investimenti-per-la-trasformazione-e-commercializzazione-dei-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/avviso-pubblico-selezione-gruppi-azione-locale-e-strategie-sviluppo-locale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srh02-formazione-dei-consulenti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra18-impegni-apicoltura-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd01-investimenti-produttivi-agricoli-competitivita-aziende-agricole-frutteti-resilienti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd15-investimenti-produttivi-forestali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd08-investimenti-infrastrutture-finalita-ambientali-infrastrutture-irrigue-e-di-bonifica" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd10-impianti-di-forestazione-imboschimento-di-terreni-non-agricoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd09-investimenti-non-produttivi-nelle-aree-rurali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg08" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd07-azione-7-infrastrutture-irrigue-extra-aziendali-aumento-netto-superficie-irrigata" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-c" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg01-sostegno-ai-gruppi-operativi-pei-agri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-b-agricoltura-sociale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd02-investimenti-produttivi-agricoli-ambiente-clima-benessere-animale" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-e" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg09-cooperazione-per-azioni-di-supporto-allinnovazione-e-servizi-rivolti-ai-settori-agricolo-forestale-e-agroalimentare" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-d-trasformazione-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="SRD01%20&#8211;%20&#8220;Investimenti%20produttivi%20agricoli%20per%20la%20competitivit&#224;%20delle%20aziende%20agricole&#8221;%20-%20Sviluppo%20rurale%202023-2027%20-%20Agricoltura,%20caccia%20e%20pesca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd13-investimenti-per-la-trasformazione-e-commercializzazione-dei-prodotti-agricoli" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh04-azioni-di-informazione" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-a" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/avviso-pubblico-selezione-gruppi-azione-locale-e-strategie-sviluppo-locale" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srh02-formazione-dei-consulenti" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra18-impegni-apicoltura-1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd01-investimenti-produttivi-agricoli-competitivita-aziende-agricole-frutteti-resilienti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd15-investimenti-produttivi-forestali" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd08-investimenti-infrastrutture-finalita-ambientali-infrastrutture-irrigue-e-di-bonifica" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2023/bando-2023-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd10-impianti-di-forestazione-imboschimento-di-terreni-non-agricoli" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd09-investimenti-non-produttivi-nelle-aree-rurali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srg08" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh01-erogazione-servizi-di-consulenza" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd09-investimenti-non-produttivi-nelle-aree-rurali" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/srd07-azione-7-infrastrutture-irrigue-extra-aziendali-aumento-netto-superficie-irrigata" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srh05-azioni-dimostrative-settore-agricolo-territori-rurali" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-c" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg01-sostegno-ai-gruppi-operativi-pei-agri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2024/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/bando-2025-giovani-agricoltori" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd04-investimenti-non-produttivi-agricoli-con-finalita-ambientale-azione-2.2" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh03-formazione-imprenditori-agricoli-addetti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025/srd03-investimenti-nelle-aziende-agricole-per-la-diversificazione-in-attivita-non-agricole-azione-b-agricoltura-sociale" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srd02-investimenti-produttivi-agricoli-ambiente-clima-benessere-animale" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/opportunita/bandi/2025-1/srg10-promozione-dei-prodotti-di-qualita" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{13ACB0B6-0D8E-4493-B367-0BA72089709C}">
   <dimension ref="A1:G82"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A5" zoomScale="102" zoomScaleNormal="102" workbookViewId="0">
-      <selection activeCell="H6" sqref="H6"/>
+    <sheetView tabSelected="1" topLeftCell="A60" zoomScale="102" zoomScaleNormal="102" workbookViewId="0">
+      <selection activeCell="A83" sqref="A83"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="138" customWidth="1"/>
     <col min="2" max="7" width="6.77734375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A1" s="4" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A2" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A5" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A6" s="5" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25"/>
     <row r="8" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A9" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B9" s="1">
         <v>2022</v>
       </c>
       <c r="C9" s="1">
         <v>2023</v>
       </c>
       <c r="D9" s="1">
         <v>2024</v>
       </c>
       <c r="E9" s="1">
         <v>2025</v>
       </c>
       <c r="F9" s="1">
         <v>2026</v>
       </c>
       <c r="G9" s="1">
         <v>2027</v>
       </c>
     </row>
@@ -954,51 +951,51 @@
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A11" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="10"/>
       <c r="C11" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="2" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="2"/>
       <c r="D12" s="2"/>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="2" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="2"/>
       <c r="D13" s="2"/>
       <c r="E13" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F13" s="2"/>
       <c r="G13" s="2"/>
     </row>
@@ -1018,1072 +1015,1066 @@
     <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="2" t="s">
         <v>8</v>
       </c>
       <c r="B15" s="14"/>
       <c r="C15" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E15" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G15" s="2"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="B16" s="14"/>
       <c r="C16" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D16" s="23" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E16" s="22"/>
       <c r="F16" s="2"/>
       <c r="G16" s="2"/>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="12" t="s">
         <v>2</v>
       </c>
       <c r="E17" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A18" s="2" t="s">
         <v>11</v>
       </c>
       <c r="B18" s="10"/>
       <c r="C18" s="10"/>
       <c r="D18" s="10"/>
       <c r="E18" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F18" s="2"/>
       <c r="G18" s="2"/>
     </row>
-    <row r="19" spans="1:7" ht="27.6" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="10"/>
       <c r="C19" s="10"/>
       <c r="D19" s="2"/>
-      <c r="E19" s="2"/>
+      <c r="E19" s="18" t="s">
+        <v>2</v>
+      </c>
       <c r="F19" s="2"/>
       <c r="G19" s="2"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="2" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="B20" s="10"/>
-      <c r="C20" s="10"/>
+      <c r="C20" s="12" t="s">
+        <v>2</v>
+      </c>
       <c r="D20" s="2"/>
       <c r="E20" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A21" s="2" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A21" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" s="2"/>
+      <c r="C21" s="3"/>
       <c r="D21" s="2"/>
-      <c r="E21" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E21" s="2"/>
       <c r="F21" s="2"/>
-      <c r="G21" s="2"/>
-[...1 lines deleted...]
-    <row r="22" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G21" s="6"/>
+    </row>
+    <row r="22" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A22" s="1" t="s">
-        <v>56</v>
-[...9 lines deleted...]
-      <c r="A23" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B22" s="1">
+        <v>2022</v>
+      </c>
+      <c r="C22" s="1">
+        <v>2023</v>
+      </c>
+      <c r="D22" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E22" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F22" s="1">
+        <v>2026</v>
+      </c>
+      <c r="G22" s="1">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="B23" s="1">
-[...16 lines deleted...]
-      </c>
+      <c r="B23" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C23" s="14"/>
+      <c r="D23" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="E23" s="2"/>
+      <c r="F23" s="2"/>
+      <c r="G23" s="2"/>
     </row>
     <row r="24" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B24" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
     </row>
     <row r="25" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="B25" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C25" s="14"/>
       <c r="D25" s="18" t="s">
         <v>2</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
     </row>
-    <row r="26" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B26" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C26" s="14"/>
-      <c r="D26" s="18" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="2"/>
       <c r="F26" s="2"/>
       <c r="G26" s="2"/>
     </row>
     <row r="27" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="B27" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="14"/>
       <c r="D27" s="2"/>
       <c r="E27" s="2"/>
       <c r="F27" s="2"/>
       <c r="G27" s="2"/>
     </row>
     <row r="28" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A28" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B28" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B28" s="14"/>
       <c r="C28" s="14"/>
       <c r="D28" s="2"/>
-      <c r="E28" s="2"/>
+      <c r="E28" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F28" s="2"/>
       <c r="G28" s="2"/>
     </row>
     <row r="29" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="B29" s="14"/>
-      <c r="C29" s="14"/>
+      <c r="C29" s="12" t="s">
+        <v>2</v>
+      </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
     </row>
     <row r="30" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A30" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B30" s="14"/>
       <c r="C30" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D30" s="2"/>
-      <c r="E30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E30" s="2"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
     </row>
     <row r="31" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="B31" s="14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B31" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C31" s="14"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
     </row>
     <row r="32" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B32" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="C32" s="14"/>
+      <c r="C32" s="12" t="s">
+        <v>2</v>
+      </c>
       <c r="D32" s="2"/>
-      <c r="E32" s="2"/>
+      <c r="E32" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F32" s="2"/>
       <c r="G32" s="2"/>
     </row>
     <row r="33" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
         <v>31</v>
       </c>
       <c r="B33" s="12" t="s">
         <v>2</v>
       </c>
       <c r="C33" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D33" s="2"/>
-      <c r="E33" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E33" s="2"/>
       <c r="F33" s="2"/>
       <c r="G33" s="2"/>
     </row>
     <row r="34" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="B34" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B34" s="14"/>
       <c r="C34" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="14" t="s">
+        <v>2</v>
+      </c>
       <c r="E34" s="2"/>
       <c r="F34" s="2"/>
       <c r="G34" s="2"/>
     </row>
     <row r="35" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B35" s="14"/>
-[...5 lines deleted...]
-      </c>
+      <c r="B35" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C35" s="14"/>
+      <c r="D35" s="2"/>
       <c r="E35" s="2"/>
       <c r="F35" s="2"/>
       <c r="G35" s="2"/>
     </row>
     <row r="36" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B36" s="12" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="14"/>
+      <c r="B36" s="14"/>
+      <c r="C36" s="12" t="s">
+        <v>2</v>
+      </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2"/>
       <c r="F36" s="2"/>
       <c r="G36" s="2"/>
     </row>
-    <row r="37" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B37" s="14"/>
       <c r="C37" s="12" t="s">
         <v>2</v>
       </c>
-      <c r="D37" s="2"/>
+      <c r="D37" s="18" t="s">
+        <v>2</v>
+      </c>
       <c r="E37" s="2"/>
       <c r="F37" s="2"/>
       <c r="G37" s="2"/>
     </row>
     <row r="38" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="B38" s="14"/>
+      <c r="B38" s="12" t="s">
+        <v>2</v>
+      </c>
       <c r="C38" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D38" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E38" s="2"/>
+      <c r="E38" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F38" s="2"/>
       <c r="G38" s="2"/>
     </row>
     <row r="39" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B39" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B39" s="14"/>
       <c r="C39" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D39" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E39" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E39" s="2"/>
       <c r="F39" s="2"/>
       <c r="G39" s="2"/>
     </row>
     <row r="40" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="B40" s="14"/>
-[...2 lines deleted...]
-      </c>
+      <c r="B40" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="C40" s="14"/>
       <c r="D40" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E40" s="2"/>
-      <c r="F40" s="2"/>
+      <c r="E40" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="G40" s="2"/>
     </row>
     <row r="41" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="B41" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B41" s="14"/>
       <c r="C41" s="14"/>
       <c r="D41" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="E41" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E41" s="2"/>
       <c r="F41" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G41" s="2"/>
     </row>
-    <row r="42" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      </c>
+    <row r="42" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="B42" s="2"/>
+      <c r="C42" s="2"/>
+      <c r="D42" s="2"/>
       <c r="E42" s="2"/>
       <c r="F42" s="2"/>
       <c r="G42" s="2"/>
     </row>
-    <row r="43" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A43" s="1" t="s">
-        <v>55</v>
-[...6 lines deleted...]
-      <c r="G43" s="2"/>
+        <v>0</v>
+      </c>
+      <c r="B43" s="1">
+        <v>2022</v>
+      </c>
+      <c r="C43" s="1">
+        <v>2023</v>
+      </c>
+      <c r="D43" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E43" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F43" s="1">
+        <v>2026</v>
+      </c>
+      <c r="G43" s="1">
+        <v>2027</v>
+      </c>
     </row>
     <row r="44" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A44" s="1" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="A44" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B44" s="14"/>
+      <c r="C44" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D44" s="2"/>
+      <c r="E44" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F44" s="2"/>
+      <c r="G44" s="2"/>
     </row>
     <row r="45" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A45" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="B45" s="10"/>
-      <c r="C45" s="10"/>
+      <c r="B45" s="14"/>
+      <c r="C45" s="14"/>
       <c r="D45" s="2"/>
-      <c r="E45" s="2"/>
+      <c r="E45" s="18" t="s">
+        <v>2</v>
+      </c>
       <c r="F45" s="2"/>
       <c r="G45" s="2"/>
     </row>
     <row r="46" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A46" s="2" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
       <c r="B46" s="14"/>
-      <c r="C46" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C46" s="14"/>
       <c r="D46" s="2"/>
-      <c r="E46" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F46" s="2"/>
+      <c r="E46" s="18" t="s">
+        <v>2</v>
+      </c>
       <c r="G46" s="2"/>
     </row>
     <row r="47" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A47" s="2" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="B47" s="14"/>
       <c r="C47" s="14"/>
       <c r="D47" s="2"/>
-      <c r="E47" s="18" t="s">
-[...2 lines deleted...]
-      <c r="F47" s="2"/>
+      <c r="E47" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F47" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="G47" s="2"/>
     </row>
     <row r="48" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A48" s="2" t="s">
-        <v>78</v>
+        <v>42</v>
       </c>
       <c r="B48" s="14"/>
       <c r="C48" s="14"/>
       <c r="D48" s="2"/>
       <c r="E48" s="18" t="s">
         <v>2</v>
       </c>
+      <c r="F48" s="2"/>
       <c r="G48" s="2"/>
     </row>
     <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="2" t="s">
-        <v>79</v>
+        <v>43</v>
       </c>
       <c r="B49" s="14"/>
       <c r="C49" s="14"/>
       <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E49" s="2"/>
       <c r="F49" s="2" t="s">
         <v>4</v>
       </c>
       <c r="G49" s="2"/>
     </row>
     <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B50" s="14"/>
       <c r="C50" s="14"/>
-      <c r="D50" s="2"/>
-[...2 lines deleted...]
-      </c>
+      <c r="D50" s="20" t="s">
+        <v>2</v>
+      </c>
+      <c r="E50" s="2"/>
       <c r="F50" s="2"/>
       <c r="G50" s="2"/>
     </row>
     <row r="51" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A51" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B51" s="14"/>
-      <c r="C51" s="14"/>
+      <c r="C51" s="19" t="s">
+        <v>2</v>
+      </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2"/>
       <c r="F51" s="2"/>
       <c r="G51" s="2"/>
     </row>
     <row r="52" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A52" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="14"/>
       <c r="C52" s="14"/>
-      <c r="D52" s="20" t="s">
-[...2 lines deleted...]
-      <c r="E52" s="2"/>
+      <c r="D52" s="2"/>
+      <c r="E52" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F52" s="2"/>
       <c r="G52" s="2"/>
     </row>
     <row r="53" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A53" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B53" s="14"/>
-      <c r="C53" s="19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C53" s="14"/>
       <c r="D53" s="2"/>
-      <c r="E53" s="2"/>
+      <c r="E53" s="2" t="s">
+        <v>76</v>
+      </c>
       <c r="F53" s="2"/>
       <c r="G53" s="2"/>
     </row>
     <row r="54" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A54" s="2" t="s">
         <v>48</v>
       </c>
       <c r="B54" s="14"/>
       <c r="C54" s="14"/>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="F54" s="2"/>
       <c r="G54" s="2"/>
     </row>
     <row r="55" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A55" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B55" s="14"/>
       <c r="C55" s="14"/>
       <c r="D55" s="2"/>
-      <c r="E55" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F55" s="2"/>
+      <c r="E55" s="2"/>
+      <c r="F55" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="G55" s="2"/>
     </row>
     <row r="56" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A56" s="2" t="s">
         <v>50</v>
       </c>
       <c r="B56" s="14"/>
       <c r="C56" s="14"/>
       <c r="D56" s="2"/>
-      <c r="E56" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="2"/>
+      <c r="E56" s="2"/>
+      <c r="F56" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="G56" s="2"/>
     </row>
     <row r="57" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A57" s="2" t="s">
-        <v>51</v>
+        <v>78</v>
       </c>
       <c r="B57" s="14"/>
-      <c r="C57" s="14"/>
+      <c r="C57" s="19" t="s">
+        <v>2</v>
+      </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2"/>
       <c r="F57" s="2"/>
       <c r="G57" s="2"/>
     </row>
     <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="2" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B58" s="14"/>
       <c r="C58" s="14"/>
       <c r="D58" s="2"/>
       <c r="E58" s="2"/>
-      <c r="F58" s="2"/>
+      <c r="F58" s="2" t="s">
+        <v>4</v>
+      </c>
       <c r="G58" s="2"/>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.3">
-[...21 lines deleted...]
-      <c r="G60" s="2"/>
+    <row r="59" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A59" s="4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+      <c r="A60" s="24" t="s">
+        <v>0</v>
+      </c>
+      <c r="B60" s="24">
+        <v>2022</v>
+      </c>
+      <c r="C60" s="24">
+        <v>2023</v>
+      </c>
+      <c r="D60" s="24">
+        <v>2024</v>
+      </c>
+      <c r="E60" s="24">
+        <v>2025</v>
+      </c>
+      <c r="F60" s="24">
+        <v>2026</v>
+      </c>
+      <c r="G60" s="24">
+        <v>2027</v>
+      </c>
     </row>
     <row r="61" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A61" s="4" t="s">
-[...38 lines deleted...]
-      <c r="F63" s="21" t="s">
+      <c r="A61" s="21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B61" s="14"/>
+      <c r="C61" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D61" s="21"/>
+      <c r="E61" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F61" s="21" t="s">
         <v>4</v>
       </c>
-      <c r="G63" s="21"/>
+      <c r="G61" s="21"/>
+    </row>
+    <row r="62" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62" s="16"/>
+      <c r="C62" s="16"/>
+      <c r="D62" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="E62" s="7"/>
+      <c r="F62" s="7"/>
+      <c r="G62" s="7"/>
+    </row>
+    <row r="63" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63" s="16"/>
+      <c r="C63" s="16"/>
+      <c r="D63" s="17" t="s">
+        <v>2</v>
+      </c>
+      <c r="E63" s="7"/>
+      <c r="F63" s="21"/>
+      <c r="G63" s="7"/>
     </row>
     <row r="64" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A64" s="7" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B64" s="16"/>
-      <c r="C64" s="16"/>
-[...4 lines deleted...]
-      <c r="F64" s="7"/>
+      <c r="C64" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="D64" s="7"/>
+      <c r="E64" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F64" s="7" t="s">
+        <v>4</v>
+      </c>
       <c r="G64" s="7"/>
     </row>
-    <row r="65" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A65" s="7" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B65" s="16"/>
       <c r="C65" s="16"/>
-      <c r="D65" s="17" t="s">
+      <c r="D65" s="15" t="s">
         <v>2</v>
       </c>
       <c r="E65" s="7"/>
-      <c r="F65" s="21"/>
+      <c r="F65" s="7"/>
       <c r="G65" s="7"/>
     </row>
     <row r="66" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A66" s="7" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B66" s="16"/>
       <c r="C66" s="15" t="s">
         <v>2</v>
       </c>
-      <c r="D66" s="7"/>
-      <c r="E66" s="18" t="s">
+      <c r="E66" s="17" t="s">
         <v>2</v>
       </c>
       <c r="F66" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G66" s="7"/>
     </row>
-    <row r="67" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A67" s="7" t="s">
-        <v>71</v>
-[...6 lines deleted...]
-      <c r="E67" s="7"/>
+        <v>69</v>
+      </c>
+      <c r="B67" s="11"/>
+      <c r="C67" s="11"/>
+      <c r="D67" s="7"/>
+      <c r="E67" s="17" t="s">
+        <v>2</v>
+      </c>
       <c r="F67" s="7"/>
       <c r="G67" s="7"/>
     </row>
     <row r="68" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A68" s="7" t="s">
-        <v>72</v>
-[...4 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="B68" s="7"/>
+      <c r="C68" s="7"/>
+      <c r="D68" s="7"/>
       <c r="E68" s="17" t="s">
         <v>2</v>
       </c>
-      <c r="F68" s="7" t="s">
-[...2 lines deleted...]
-      <c r="G68" s="7"/>
+      <c r="F68" s="7"/>
+      <c r="G68" s="9"/>
     </row>
     <row r="69" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A69" s="7" t="s">
-[...11 lines deleted...]
-      <c r="G69" s="7"/>
+      <c r="A69" s="4" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="70" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A70" s="7" t="s">
-[...11 lines deleted...]
-      <c r="G70" s="9"/>
+      <c r="A70" s="1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B70" s="1">
+        <v>2022</v>
+      </c>
+      <c r="C70" s="1">
+        <v>2023</v>
+      </c>
+      <c r="D70" s="1">
+        <v>2024</v>
+      </c>
+      <c r="E70" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F70" s="1">
+        <v>2026</v>
+      </c>
+      <c r="G70" s="1">
+        <v>2027</v>
+      </c>
     </row>
     <row r="71" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
-      <c r="A71" s="4" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="A71" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B71" s="14"/>
+      <c r="C71" s="12" t="s">
+        <v>2</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2"/>
+      <c r="F71" s="2"/>
+      <c r="G71" s="2"/>
+    </row>
+    <row r="72" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="B72" s="14"/>
+      <c r="C72" s="14"/>
+      <c r="E72" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="F72" s="2"/>
+      <c r="G72" s="2"/>
     </row>
     <row r="73" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B73" s="14"/>
       <c r="C73" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D73" s="2"/>
-      <c r="E73" s="2"/>
+      <c r="E73" s="14"/>
       <c r="F73" s="2"/>
       <c r="G73" s="2"/>
     </row>
     <row r="74" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B74" s="14"/>
       <c r="C74" s="14"/>
       <c r="E74" s="18" t="s">
         <v>2</v>
       </c>
       <c r="F74" s="2"/>
       <c r="G74" s="2"/>
     </row>
     <row r="75" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B75" s="14"/>
       <c r="C75" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D75" s="2"/>
-      <c r="E75" s="14"/>
+      <c r="E75" s="2"/>
       <c r="F75" s="2"/>
       <c r="G75" s="2"/>
     </row>
-    <row r="76" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A76" s="2" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="B76" s="10"/>
+      <c r="C76" s="10"/>
+      <c r="D76" s="18" t="s">
+        <v>2</v>
+      </c>
+      <c r="E76" s="2"/>
       <c r="F76" s="2"/>
       <c r="G76" s="2"/>
     </row>
-    <row r="77" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:7" s="5" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B77" s="14"/>
       <c r="C77" s="12" t="s">
         <v>2</v>
       </c>
       <c r="D77" s="2"/>
-      <c r="E77" s="2"/>
+      <c r="E77" s="18" t="s">
+        <v>2</v>
+      </c>
       <c r="F77" s="2"/>
       <c r="G77" s="2"/>
     </row>
-    <row r="78" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>13</v>
-[...3 lines deleted...]
-      <c r="D78" s="18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B78" s="14"/>
+      <c r="C78" s="20" t="s">
         <v>2</v>
       </c>
       <c r="E78" s="2"/>
-      <c r="F78" s="2"/>
-[...2 lines deleted...]
-    <row r="79" spans="1:7" s="5" customFormat="1" ht="27.6" x14ac:dyDescent="0.25">
+      <c r="F78" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" s="5" customFormat="1" ht="13.8" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B79" s="14"/>
-      <c r="C79" s="12" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C79" s="14"/>
       <c r="D79" s="2"/>
-      <c r="E79" s="2" t="s">
-        <v>80</v>
+      <c r="E79" s="14" t="s">
+        <v>2</v>
       </c>
       <c r="F79" s="2"/>
       <c r="G79" s="2"/>
     </row>
     <row r="80" spans="1:7" s="5" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="A80" s="2" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="A80" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B80" s="16"/>
+      <c r="C80" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="D80" s="7"/>
       <c r="E80" s="18" t="s">
         <v>2</v>
       </c>
-      <c r="F80" s="2" t="s">
-[...30 lines deleted...]
-      <c r="G82" s="8"/>
+      <c r="F80" s="8"/>
+      <c r="G80" s="8"/>
+    </row>
+    <row r="81" spans="5:5" x14ac:dyDescent="0.3">
+      <c r="E81" s="6"/>
+    </row>
+    <row r="82" spans="5:5" x14ac:dyDescent="0.3">
+      <c r="E82" s="25"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="C10" r:id="rId1" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" xr:uid="{D5650F14-F426-48D3-B71F-EEAC382311D1}"/>
     <hyperlink ref="C11" r:id="rId2" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srb01-sostegno-zone-svantaggi-naturali-montagna-srb02-sostegno-zone-altri-svantaggi-naturali-significativi" xr:uid="{BF3137FF-B6AE-425F-B31C-CE5EEB8F9585}"/>
     <hyperlink ref="D11" r:id="rId3" display="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" xr:uid="{A2ADA1FD-B635-4874-9BE0-0DA47EC6C6F3}"/>
     <hyperlink ref="C15" r:id="rId4" xr:uid="{362A1283-A893-462D-958C-1DE529FDA080}"/>
     <hyperlink ref="C16" r:id="rId5" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd06-1-investimenti-prevenzione-danni-derivanti-calamita-naturali-eventi-avversi-tipo-biotico-psa" xr:uid="{640A53D3-2C40-478C-81FA-753CBA3488B6}"/>
     <hyperlink ref="D17" r:id="rId6" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srd06-azione-1-investimenti-prevenzione-gelate-primaverili-potenziale-produttivo-frutticolo" xr:uid="{4235C5B4-5605-4D59-948F-2F624461B359}"/>
-    <hyperlink ref="C21" r:id="rId7" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" xr:uid="{0503AC71-260C-4BDA-95A3-CE3B99231C10}"/>
+    <hyperlink ref="C20" r:id="rId7" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg10-promozione-dei-prodotti-di-qualita" xr:uid="{0503AC71-260C-4BDA-95A3-CE3B99231C10}"/>
     <hyperlink ref="D10" r:id="rId8" display="https://agricoltura.regione.emilia-romagna.it/psr-2014-2020/bandi/bandi-2024/indennita-zone-montane-e-soggette-vincoli-naturali" xr:uid="{F7EB5D23-7E7E-4627-B199-5DD722BB31C1}"/>
-    <hyperlink ref="B24" r:id="rId9" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" xr:uid="{18DE481D-2C64-4AE7-B931-2B6911CDEC4A}"/>
-[...47 lines deleted...]
-    <hyperlink ref="E68" r:id="rId57" xr:uid="{AD329A29-26D8-497A-BB7E-809034767582}"/>
+    <hyperlink ref="B23" r:id="rId9" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra01-aca1-produzione-integrata" xr:uid="{18DE481D-2C64-4AE7-B931-2B6911CDEC4A}"/>
+    <hyperlink ref="B24" r:id="rId10" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra03-aca3-tecniche-lavorazione-ridotta-dei-suoli" xr:uid="{8AB9845C-9CB3-46A5-A5ED-9718FC5C525A}"/>
+    <hyperlink ref="B25" r:id="rId11" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra04-aca4-apporto-di-sostanza-organica-nei-suoli" xr:uid="{97E3B1E3-8A95-4CD4-B824-2EC12305215F}"/>
+    <hyperlink ref="B26" r:id="rId12" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra07-aca7-conversione-seminativi-a-prati-e-pascoli" xr:uid="{84C2430F-6C44-4F82-9A88-36DFD2EE5184}"/>
+    <hyperlink ref="B27" r:id="rId13" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra08-aca8-gestione-prati-e-pascoli-permanenti" xr:uid="{B3076A38-89F7-43C6-8523-0AB2A98F597D}"/>
+    <hyperlink ref="C29" r:id="rId14" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra10-aca10-gestione-attiva-infrastrutture-ecologiche" xr:uid="{02FD8360-FADF-4C48-A334-5A5CA80087AA}"/>
+    <hyperlink ref="C30" r:id="rId15" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra-12-aca-12-colture-a-perdere-corridoi-ecologici-fasce-ecologiche" xr:uid="{C6FF7F48-EEF4-4356-AE79-09DA927F8C58}"/>
+    <hyperlink ref="B31" r:id="rId16" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra13-aca13-impegni-specifici-per-la-riduzione-delle-emissioni-di-ammoniaca-di-origine-zootecnica-e-agricola" xr:uid="{A24F4EDB-3DFA-49F7-A1AB-F06646016B5D}"/>
+    <hyperlink ref="B32" r:id="rId17" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra14-aca14-allevatori-custodi-dell2019agrobiodiversita" xr:uid="{289930B6-4C7A-4E8B-BA07-AC44B7FB11B5}"/>
+    <hyperlink ref="C32" r:id="rId18" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra14-aca14-allevatori-custodi-agrobiodiversita" xr:uid="{9DF20A26-45B6-49CB-91B8-CAC19CC7A6C9}"/>
+    <hyperlink ref="B33" r:id="rId19" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra15-aca15-agricoltori-custodi-dell2019agrobiodiversita" xr:uid="{4D5A6E98-FBF3-4F1E-835E-EB830BE29190}"/>
+    <hyperlink ref="C33" r:id="rId20" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra15-aca15-agricoltori-custodi-agrobiodiversita" xr:uid="{6CA6A5C6-F833-4BA1-AC2D-4FD141F36DEC}"/>
+    <hyperlink ref="C34" r:id="rId21" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra18-impegni-apicoltura" xr:uid="{1FD50A78-DB4E-4F3C-8C8C-5E2813C72C3C}"/>
+    <hyperlink ref="B35" r:id="rId22" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra19-aca19-riduzione-impiego-fitofarmaci" xr:uid="{51EE834F-66EE-4ACB-9932-101ECECCAF52}"/>
+    <hyperlink ref="C36" r:id="rId23" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra22-aca22-impegni-specifici-risaie" xr:uid="{8CC6C6EB-8CFE-4266-8134-0CEF53AB7E7B}"/>
+    <hyperlink ref="C37" r:id="rId24" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra25-tutela-delle-colture-arboree-a-valenza-ambientale-e-paesaggistica-2013-castagneti-da-frutto" xr:uid="{E50F7D89-5E50-4F01-A5BC-DF5209EF25F9}"/>
+    <hyperlink ref="B38" r:id="rId25" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra26-aca26-ritiro-seminativi-dalla-produzione" xr:uid="{D5D7BD37-CF96-4E31-B591-3A01C7B249F6}"/>
+    <hyperlink ref="C38" r:id="rId26" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/sra26-aca26-ritiro-seminativi-dalla-produzione" xr:uid="{8206DBFC-5FED-468B-8046-885EA73A1D33}"/>
+    <hyperlink ref="C39" r:id="rId27" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/intervento-sra28-aca28-sostegno-per-mantenimento-della-forestazione-imboschimento-e-sistemi-agroforestali-mantenimento-a-un-ulteriore-periodo-di-impegno-trasformazione-a-bosco-degli-impianti-di-arboricoltura" xr:uid="{9C607883-900E-48D5-88BB-65104C9316F2}"/>
+    <hyperlink ref="B40" r:id="rId28" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/bandi-2022/sra29-pagamento-al-fine-di-adottare-e-mantenere-pratiche-e-metodi-di-produzione-biologica" xr:uid="{B741D947-FE65-4D15-9CB2-9AB3E193FFC2}"/>
+    <hyperlink ref="C44" r:id="rId29" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd02-2013-azione-a2-investimenti-per-la-riduzione-di-gas-serra-e-ammoniaca" xr:uid="{09618D83-5726-4A79-96E7-91E29ECD87D3}"/>
+    <hyperlink ref="C51" r:id="rId30" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd10-impianti-di-forestazione-imboschimento-di-terreni-non-agricoli" xr:uid="{4A5D01D1-A8E3-47F4-B7AF-62EB05CB51B5}"/>
+    <hyperlink ref="C57" r:id="rId31" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd15-investimenti-produttivi-forestali" xr:uid="{14CE3CB4-601B-43FA-9BD1-1900973E05B6}"/>
+    <hyperlink ref="C71" r:id="rId32" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-a" xr:uid="{21C7264D-8C21-48E4-A1B8-8DAE4E956D10}"/>
+    <hyperlink ref="C73" r:id="rId33" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-c" xr:uid="{BC687602-17C4-4357-A068-9CA2088B17C3}"/>
+    <hyperlink ref="C75" r:id="rId34" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd03-investimenti-aziende-agricole-diversificazione-attivita-non-agricole-azione-e" xr:uid="{98A80132-579A-49FF-80A8-5AD8301BA034}"/>
+    <hyperlink ref="C77" r:id="rId35" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srd09-investimenti-non-produttivi-nelle-aree-rurali" xr:uid="{078858EE-CADA-4FDE-BD5E-F581F6ACE396}"/>
+    <hyperlink ref="C78" r:id="rId36" xr:uid="{DD34458D-8C84-4E60-A319-6DFD0C7B33DB}"/>
+    <hyperlink ref="C80" r:id="rId37" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/avviso-pubblico-selezione-gruppi-azione-locale-e-strategie-sviluppo-locale" xr:uid="{DF9AFC68-24C2-408E-B070-8D5388F9EC50}"/>
+    <hyperlink ref="C61" r:id="rId38" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srg01-sostegno-ai-gruppi-operativi-pei-agri" xr:uid="{2E2FF5CB-DA3D-46E2-AD80-44517A38A10E}"/>
+    <hyperlink ref="C64" r:id="rId39" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh01-erogazione-servizi-di-consulenza" xr:uid="{92E7D6AB-18B2-408A-8B39-2C6B7F18799C}"/>
+    <hyperlink ref="D65" r:id="rId40" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2024/srh02-formazione-dei-consulenti" xr:uid="{D632C191-3577-4969-8A78-D218733F3085}"/>
+    <hyperlink ref="C66" r:id="rId41" display="https://agricoltura.regione.emilia-romagna.it/sviluppo-rurale-23-27/bandi/2023/srh03-formazione-imprenditori-agricoli-addetti" xr:uid="{04B271F6-CEF5-44B0-AB29-5C8726055E5B}"/>
+    <hyperlink ref="D63" r:id="rId42" xr:uid="{80FA02BA-4A09-44F0-8796-41855901514F}"/>
+    <hyperlink ref="D62" r:id="rId43" xr:uid="{5B3B51B9-F312-444A-8516-C34A9628F669}"/>
+    <hyperlink ref="D23" r:id="rId44" xr:uid="{4000CBB2-E0D5-4721-9276-392C8D569737}"/>
+    <hyperlink ref="D24" r:id="rId45" xr:uid="{3190EE12-3723-4690-AB1E-1A57921785AF}"/>
+    <hyperlink ref="D25" r:id="rId46" xr:uid="{3FE59382-2358-4FA4-A2D7-881E79E37DA2}"/>
+    <hyperlink ref="D37" r:id="rId47" xr:uid="{D08E29DE-3FED-46CF-845B-17E94B42728F}"/>
+    <hyperlink ref="D38" r:id="rId48" xr:uid="{5F788B7C-37E4-41B4-8803-98BF20E9A903}"/>
+    <hyperlink ref="D39" r:id="rId49" xr:uid="{45916785-DB46-4CC2-867E-874C4976C31E}"/>
+    <hyperlink ref="D40" r:id="rId50" xr:uid="{FDE2CE2A-0CF8-4CF9-AF5E-3D507CFB1771}"/>
+    <hyperlink ref="D76" r:id="rId51" xr:uid="{36AEE84A-9564-4556-8382-D503F6D6A3E1}"/>
+    <hyperlink ref="D50" r:id="rId52" xr:uid="{E140F20F-A1A8-4247-9C34-B90B1F78D926}"/>
+    <hyperlink ref="D41" r:id="rId53" xr:uid="{FEC743E7-209B-4704-A868-CBAF36AC3778}"/>
+    <hyperlink ref="E72" r:id="rId54" xr:uid="{A25406D0-ACDF-43B9-A195-C491942CFE58}"/>
+    <hyperlink ref="E74" r:id="rId55" xr:uid="{DF936DD6-1913-468D-9B25-9B9FC18E9737}"/>
+    <hyperlink ref="E64" r:id="rId56" xr:uid="{5FB27B24-49E6-4E73-A235-1558B1E9C406}"/>
+    <hyperlink ref="E66" r:id="rId57" xr:uid="{AD329A29-26D8-497A-BB7E-809034767582}"/>
     <hyperlink ref="E15" r:id="rId58" xr:uid="{F0A50CB0-6DF7-4B36-B50A-7D882E889DC0}"/>
     <hyperlink ref="E80" r:id="rId59" xr:uid="{BAD3F494-0989-40CF-99A7-278AF46F0221}"/>
     <hyperlink ref="E17" r:id="rId60" xr:uid="{D188A89C-F6AD-407C-839F-44E9BBCF123A}"/>
     <hyperlink ref="E13" r:id="rId61" xr:uid="{3197E90F-A031-43D0-94A3-636CB8EFE86B}"/>
-    <hyperlink ref="E47" r:id="rId62" xr:uid="{63F0AF96-485C-46CD-8DE7-532ACE85A23E}"/>
+    <hyperlink ref="E45" r:id="rId62" xr:uid="{63F0AF96-485C-46CD-8DE7-532ACE85A23E}"/>
     <hyperlink ref="E14" r:id="rId63" xr:uid="{9B99AE9C-E2CA-40D4-AC03-BE8C670D2782}"/>
     <hyperlink ref="E10" r:id="rId64" xr:uid="{47C617F4-29D2-4105-8790-9607C5CE0C3B}"/>
     <hyperlink ref="E11" r:id="rId65" xr:uid="{ABC49426-FF67-4360-98DA-1F472E12B1ED}"/>
-    <hyperlink ref="E48" r:id="rId66" xr:uid="{3A521203-20B2-406A-B14E-379E72175F8F}"/>
-[...1 lines deleted...]
-    <hyperlink ref="E20" r:id="rId68" xr:uid="{2E3C47C3-B13D-4377-94F9-89C4B573B8E4}"/>
+    <hyperlink ref="E46" r:id="rId66" xr:uid="{3A521203-20B2-406A-B14E-379E72175F8F}"/>
+    <hyperlink ref="E48" r:id="rId67" xr:uid="{23FC9952-CCA5-4200-9808-C9910C49FCA6}"/>
+    <hyperlink ref="E19" r:id="rId68" xr:uid="{2E3C47C3-B13D-4377-94F9-89C4B573B8E4}"/>
+    <hyperlink ref="E77" r:id="rId69" xr:uid="{1509BE85-7A19-405A-AAA7-DC3B6C2879A8}"/>
+    <hyperlink ref="E20" r:id="rId70" xr:uid="{8BCD7AE9-ADFE-438B-ACB5-E611BE6D7634}"/>
+    <hyperlink ref="E67" r:id="rId71" xr:uid="{A0679286-C7F3-4DE9-8877-9D496375FB85}"/>
+    <hyperlink ref="E68" r:id="rId72" xr:uid="{3DF484D9-06BC-4E1F-941F-39A9CE7AC6AB}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId69"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId73"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fogli di lavoro</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Foglio1</vt:lpstr>
+      <vt:lpstr>Cronoprogramma totale</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Regione Emilia-Romagna</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nacci Lucia</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>